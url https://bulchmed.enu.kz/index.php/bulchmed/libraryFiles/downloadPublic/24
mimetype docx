--- v0 (2025-10-04)
+++ v1 (2025-12-15)
@@ -1,52 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
   <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1DD87134" w14:textId="137BAB4A" w:rsidR="00501026" w:rsidRDefault="00501026" w:rsidP="00642C2A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3119"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
@@ -123,66 +118,66 @@
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>through</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>grnti.ru</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB99D37" w14:textId="2DAE0244" w:rsidR="004B008F" w:rsidRPr="004B008F" w:rsidRDefault="004B008F" w:rsidP="00C01096">
+    <w:p w14:paraId="1EB99D37" w14:textId="693A0784" w:rsidR="004B008F" w:rsidRPr="004B008F" w:rsidRDefault="004B008F" w:rsidP="00C01096">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Section: Chemistry/Geography/Ecology</w:t>
+        <w:t>Section: Chemistry/Geography</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574EAE1D" w14:textId="55FE3B0F" w:rsidR="00802C4B" w:rsidRPr="00E259E6" w:rsidRDefault="00AC14AA" w:rsidP="00E259E6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Type of the Paper (Article, Review, </w:t>
       </w:r>
       <w:r w:rsidR="00F45AB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Mini-review, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -523,51 +518,51 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
       <w:tr w:rsidR="009400A9" w:rsidRPr="00AC14AA" w14:paraId="78C88588" w14:textId="77777777" w:rsidTr="009400A9">
         <w:trPr>
           <w:trHeight w:val="5098"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73AA948C" w14:textId="347E1551" w:rsidR="009400A9" w:rsidRPr="009400A9" w:rsidRDefault="009400A9" w:rsidP="009400A9">
+          <w:p w14:paraId="73AA948C" w14:textId="57A04909" w:rsidR="009400A9" w:rsidRPr="009400A9" w:rsidRDefault="009400A9" w:rsidP="009400A9">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E3B5B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Citation: </w:t>
             </w:r>
             <w:r w:rsidRPr="009400A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -598,51 +593,71 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">title of the paper. </w:t>
             </w:r>
             <w:r w:rsidRPr="004B008F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bulletin of the L.N. Gumilyov ENU. </w:t>
             </w:r>
             <w:r w:rsidRPr="004B008F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Chemistry. Geography. Ecology Series, 150(1),</w:t>
+              <w:t>Chemistry. Geography</w:t>
+            </w:r>
+            <w:r w:rsidR="006E4E33">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B008F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Series, 150(1),</w:t>
             </w:r>
             <w:r w:rsidRPr="004B008F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="00705BDB" w:rsidRPr="004B008F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:t>https</w:t>
               </w:r>
               <w:r w:rsidR="00705BDB" w:rsidRPr="004B008F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -883,51 +898,51 @@
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31B6EA6E" w14:textId="573A59F2" w:rsidR="009400A9" w:rsidRPr="001E3B5B" w:rsidRDefault="009115EE" w:rsidP="009400A9">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="113"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="DengXian" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74998D46" wp14:editId="6E9642B2">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74998D46" wp14:editId="39EA6E69">
                   <wp:extent cx="800100" cy="276225"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="189582752" name="Рисунок 1" descr="Изображение выглядит как символ, Шрифт, Графика, логотип&#10;&#10;Автоматически созданное описание"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Рисунок 1" descr="Изображение выглядит как символ, Шрифт, Графика, логотип&#10;&#10;Автоматически созданное описание"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -5958,820 +5973,1041 @@
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">12. </w:t>
       </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395FA30D" w14:textId="77777777" w:rsidR="0012769F" w:rsidRDefault="0012769F" w:rsidP="00F45AB3">
+    <w:p w14:paraId="15FFEE94" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="001F5D2A" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...502 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E74F5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="7B3AD0B4" w14:textId="77777777" w:rsidR="000412ED" w:rsidRPr="00D83351" w:rsidRDefault="000412ED" w:rsidP="000412ED">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Journal article</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16707358" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E68DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Niepel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00D83351">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hausen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Weber</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Moller</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E68DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (2025). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Understanding mean-level and intraindividual variability in state academic self-concept: The role of students’ trait expectancies and values. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Chem Phys</w:t>
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D83351">
+        <w:t>Journal of Educational Phychology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 117(5), 772-788. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00137E65">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>https://doi.org/10.1016/J.CHEMPHYS.2023.112069</w:t>
+          <w:t>https://doi.org/10.1037/edu000094</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A658879" w14:textId="77777777" w:rsidR="000412ED" w:rsidRPr="00D83351" w:rsidRDefault="000412ED" w:rsidP="000412ED">
+    <w:p w14:paraId="7305A6B2" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Electrochim Acta</w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="399C7347" w14:textId="77777777" w:rsidR="00705BDB" w:rsidRPr="008E74F5" w:rsidRDefault="00705BDB" w:rsidP="008E74F5">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AD8EF8E" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="001F5D2A" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="579D94D5" w14:textId="77777777" w:rsidR="009115EE" w:rsidRPr="009115EE" w:rsidRDefault="00A0689C" w:rsidP="009115EE">
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Book</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6ADBDA" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Levenson, H., Jinich, S., Vaz, A., &amp; Rousmaniere, T. (2025). Deliberate practice in emotionally focused couple therapy. American Physichological Association. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1037/0000436-000</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3180F5B1" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B5E4352" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="007E68DB" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Book Chapter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A496739" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Zeleke, W. A., Hughes, T. L., &amp; Drozda, N. (2020). Home-school collaboration to promote mind-body health. In C. Maykel &amp; M. A. Bray (Eds.), Promoting ming-body health in schools: Interventions for mental health professionals (pp. 11-26). American Phychological Association. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1037/0000157-002</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5D09C5A7" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AF0909A" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Conference</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E8443A" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Davidson, R. J. (2019, August 8-11). Well-being is a skill [Conference session]. APA 2019 Convention, Chicago, IL, United State. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://irp-cdn.multiscreensite.com/a5ea5d51/files/uploaded/APA2019_Program_190708.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3E8E4E92" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74690749" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Other publications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C4969F6" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. World Health Organization. (2025). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Global report on neglected tropical diseases</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://iris.who.int/server/api/core/bitstreams/9c4655d8-3671-4503-ae51-4a80bb44d5e0/content</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2772F888" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Winthrop, R., Ziegler, L., Handa, R., &amp; Fakoya, F. (2019). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>How playful learning can help leapfrog progress in education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Center for Universal Education at Brookings. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://www.brookings.edu/wp-content/uploads/2019/04/how</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> playful learning can help leapfrog progress in education.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B53E1F" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">8. American Psychological Association. (2024, April 11). People who use willpower alone to achieve goals, resist temptation, deemed more trustworthy [Press release]. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://www.apa.org/news/press/releases/2024/04/people-who-use-willpower</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="441CCE07" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2018C72D" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="007E68DB" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dissertation (thesis)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="719DC61D" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9. Horvath-Plyman, M. (2018). Social media and the college student journey: An examination of how social media use impacts social capital and affects college choice, access, and transition (Publication No. 10937367) [Doctoral dissertation, New York University]. ProQuest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dissertations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Theses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Global</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC62C4A" w14:textId="77777777" w:rsidR="001F5D2A" w:rsidRPr="00137E65" w:rsidRDefault="001F5D2A" w:rsidP="001F5D2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="579D94D5" w14:textId="77777777" w:rsidR="009115EE" w:rsidRPr="009115EE" w:rsidRDefault="00A0689C" w:rsidP="009115EE">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008E74F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>See more examples</w:t>
       </w:r>
       <w:r w:rsidR="0020109C" w:rsidRPr="008E74F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, including authored books, edited book chapters, conference session, dissertation from a database, web pages, etc.; please follow the link</w:t>
       </w:r>
       <w:r w:rsidRPr="008E74F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="008E74F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org/instructional-aids/reference-examples.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C26BFEE" w14:textId="77777777" w:rsidR="009115EE" w:rsidRPr="009115EE" w:rsidRDefault="009115EE" w:rsidP="009115EE">
+    <w:p w14:paraId="2C26BFEE" w14:textId="77777777" w:rsidR="009115EE" w:rsidRPr="001F5D2A" w:rsidRDefault="009115EE" w:rsidP="009115EE">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47ECE565" w14:textId="77777777" w:rsidR="009115EE" w:rsidRPr="009115EE" w:rsidRDefault="00767CD6" w:rsidP="009115EE">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007727F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If the authors cite </w:t>
       </w:r>
       <w:r w:rsidR="007727F9" w:rsidRPr="007727F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>original works (</w:t>
       </w:r>
       <w:r w:rsidRPr="007727F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>sources</w:t>
       </w:r>
       <w:r w:rsidR="007727F9" w:rsidRPr="007727F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -6859,1174 +7095,1055 @@
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D83351">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Beisembaev, В.B., Kunaev, A.M., Kenzhaliev, В.K. (1998). Theory and practice of heap’s leaching of copper (Teorija i praktika kuchnogo vyshhelachivanija medi in Russian), 1st ed. Gylym, Almaty. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00D83351">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/galym.1998.08.148</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D83351">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BF57191" w14:textId="0A6D1472" w:rsidR="009115EE" w:rsidRPr="000412ED" w:rsidRDefault="009115EE" w:rsidP="009115EE">
+    <w:p w14:paraId="113B6EB9" w14:textId="77777777" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="000412ED">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...18 lines deleted...]
-    <w:p w14:paraId="0607C243" w14:textId="77777777" w:rsidR="009115EE" w:rsidRPr="000412ED" w:rsidRDefault="009115EE" w:rsidP="009115EE">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F41654E" w14:textId="77777777" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="000412ED">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="068B06C0" w14:textId="77777777" w:rsidR="000412ED" w:rsidRDefault="000412ED" w:rsidP="000412ED">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B536F2C" w14:textId="13C8E709" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="000412ED">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">[Current state and main directions of maintaining and strengthening the health of the working population of Russia]. </w:t>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Medicina truda i promyshlennaya ekologiya [Occupational medicine and industrial ecology] </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D83351">
+        <w:t xml:space="preserve"> information must be given in Kazakh</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>59(9), 527-532. doi: 10.31089/1026-9428-2019-59-9-5275</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="113B6EB9" w14:textId="77777777" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="000412ED">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C96068D" w14:textId="77777777" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="000412ED">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F41654E" w14:textId="77777777" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="000412ED">
+    <w:p w14:paraId="325FF3AE" w14:textId="63488E37" w:rsidR="002567EF" w:rsidRPr="0012769F" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+      <w:pPr>
+        <w:pStyle w:val="MDPI12title"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қаланың а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77805531" w14:textId="088E0C1E" w:rsidR="002567EF" w:rsidRPr="002567EF" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+      <w:pPr>
+        <w:pStyle w:val="MDPI13authornames"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012769F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012769F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аты Тегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012769F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және Аты Тегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDB2EC4" w14:textId="6A552E6D" w:rsidR="002567EF" w:rsidRPr="002567EF" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+      <w:pPr>
+        <w:pStyle w:val="MDPI17abstract"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аңдатпа: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Зерттеу мақалаларына арналған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аңдатпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00283464" w:rsidRPr="00283464">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>00 сөзден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аспайтын абзац ішінде зерттеуді қысқаша мазмұндауы керек. Авторларға арнайы тақырыптарды пайдаланбай құрылымдық форматты қабылдау ұсынылады. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аңдатпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақаланың мазмұнын объективті түрде көрсетуі керек және негізгі мәтінде талқыланбаған немесе қолдалмаған нәтижелерді қамтымауы керек. Сонымен қатар, ол негізгі қорытындыларды асыра айтудан аулақ болу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D08EC1" w14:textId="77777777" w:rsidR="002567EF" w:rsidRPr="0012769F" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+      <w:pPr>
+        <w:pStyle w:val="MDPI18keywords"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41B1A80A" w14:textId="4D014F84" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Түйін сөздер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012769F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>түйін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012769F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөз 1; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>түйін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012769F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөз 2; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">түйін сөз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012769F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 (мақалаға тән, бірақ пәндік пәнде жеткілікті түрде кең таралған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012769F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00124">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">түйін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012769F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сөзді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012769F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тізімдеңіз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2771C0B9" w14:textId="77777777" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68CB0BDE" w14:textId="6B3737A5" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="002567EF">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="2B536F2C" w14:textId="13C8E709" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="000412ED">
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The following information must be given in Russian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5E779C" w14:textId="77777777" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="002567EF">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="541F9703" w14:textId="10617021" w:rsidR="002567EF" w:rsidRPr="002567EF" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+      <w:pPr>
+        <w:pStyle w:val="MDPI12title"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Название</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012769F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>статьи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF1357D" w14:textId="0926AEE9" w:rsidR="002567EF" w:rsidRPr="002567EF" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+      <w:pPr>
+        <w:pStyle w:val="MDPI13authornames"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A232A71" w14:textId="001CDEA6" w:rsidR="002567EF" w:rsidRPr="0012769F" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+      <w:pPr>
+        <w:pStyle w:val="MDPI17abstract"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аннотация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аннотация для научных статей должна кратко резюмировать исследование в абзаце </w:t>
+      </w:r>
       <w:r w:rsidRPr="002567EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более </w:t>
+      </w:r>
+      <w:r w:rsidR="00283464" w:rsidRPr="00283464">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-        <w:t>following</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="002567EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="en-GB"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="1C96068D" w14:textId="77777777" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="000412ED">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>00 слов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Авторам рекомендуется использовать структурированный формат без использования конкретных заголовков. Аннотация должна объективно отражать содержание статьи и не должна включать результаты, которые не обсуждаются или не поддерживаются в основном тексте. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012769F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кроме того, она должна избегать преувеличения основных выводов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CBB98FD" w14:textId="77777777" w:rsidR="002567EF" w:rsidRPr="0012769F" w:rsidRDefault="002567EF" w:rsidP="002567EF">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB"/>
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...104 lines deleted...]
-        <w:pStyle w:val="MDPI17abstract"/>
+    </w:p>
+    <w:p w14:paraId="3A312DE2" w14:textId="77777777" w:rsidR="002567EF" w:rsidRPr="00796A78" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+      <w:pPr>
+        <w:pStyle w:val="MDPI18keywords"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ключевые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>слова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ключевое слово 1; ключевое слово 2; ключевое слово 3 (перечислите </w:t>
+      </w:r>
       <w:r w:rsidRPr="002567EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
-[...181 lines deleted...]
-    <w:p w14:paraId="68CB0BDE" w14:textId="6B3737A5" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от трех до десяти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующих ключевых слов, относящихся к статье, но достаточно распространенных в рамках предметной области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0530BF8D" w14:textId="77777777" w:rsidR="002567EF" w:rsidRPr="002567EF" w:rsidRDefault="002567EF" w:rsidP="002567EF">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="0F5E779C" w14:textId="77777777" w:rsidR="002567EF" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="306333E8" w14:textId="77777777" w:rsidR="002567EF" w:rsidRPr="002567EF" w:rsidRDefault="002567EF" w:rsidP="002567EF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU" w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="413892AE" w14:textId="77777777" w:rsidR="002567EF" w:rsidRPr="002567EF" w:rsidRDefault="002567EF" w:rsidP="000412ED">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB"/>
-[...395 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5580BAA6" w14:textId="77777777" w:rsidR="007727F9" w:rsidRPr="002567EF" w:rsidRDefault="007727F9" w:rsidP="00D12534">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CCF70BB" w14:textId="77777777" w:rsidR="007727F9" w:rsidRPr="00501026" w:rsidRDefault="007727F9" w:rsidP="00DB5B7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007727F9" w:rsidRPr="00501026" w:rsidSect="00E259E6">
-      <w:headerReference w:type="even" r:id="rId22"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId27"/>
+      <w:headerReference w:type="even" r:id="rId26"/>
+      <w:headerReference w:type="default" r:id="rId27"/>
+      <w:footerReference w:type="even" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
+      <w:headerReference w:type="first" r:id="rId30"/>
+      <w:footerReference w:type="first" r:id="rId31"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="1021" w:footer="340" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="425"/>
       <w:titlePg/>
       <w:bidi/>
       <w:docGrid w:type="lines" w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="509428B4" w14:textId="77777777" w:rsidR="006F0607" w:rsidRDefault="006F0607" w:rsidP="00FD5E78">
+    <w:p w14:paraId="1461AEEF" w14:textId="77777777" w:rsidR="00FE5148" w:rsidRDefault="00FE5148" w:rsidP="00FD5E78">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5FD1B712" w14:textId="77777777" w:rsidR="006F0607" w:rsidRDefault="006F0607" w:rsidP="00FD5E78">
+    <w:p w14:paraId="2188D5DA" w14:textId="77777777" w:rsidR="00FE5148" w:rsidRDefault="00FE5148" w:rsidP="00FD5E78">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
@@ -8177,61 +8294,61 @@
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="55C6A848" w14:textId="43F619FF" w:rsidR="00217836" w:rsidRPr="00F44E5A" w:rsidRDefault="00217836" w:rsidP="001C3497">
     <w:pPr>
       <w:pStyle w:val="MDPIfooterfirstpage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8845"/>
         <w:tab w:val="right" w:pos="10466"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CB32DE6" w14:textId="77777777" w:rsidR="006F0607" w:rsidRDefault="006F0607" w:rsidP="00FD5E78">
+    <w:p w14:paraId="7DC8EA23" w14:textId="77777777" w:rsidR="00FE5148" w:rsidRDefault="00FE5148" w:rsidP="00FD5E78">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36BF9C06" w14:textId="77777777" w:rsidR="006F0607" w:rsidRDefault="006F0607" w:rsidP="00FD5E78">
+    <w:p w14:paraId="4F5A5430" w14:textId="77777777" w:rsidR="00FE5148" w:rsidRDefault="00FE5148" w:rsidP="00FD5E78">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01280269" w14:textId="77777777" w:rsidR="00217836" w:rsidRDefault="00217836" w:rsidP="00975B88">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8381,83 +8498,74 @@
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t>2025</w:t>
     </w:r>
     <w:r w:rsidR="00A93B4D">
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidR="00802C4B">
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>150(1)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="466A7B0A" w14:textId="3CF696EB" w:rsidR="001C7426" w:rsidRPr="001C7426" w:rsidRDefault="00283464" w:rsidP="001C7426">
+  <w:p w14:paraId="466A7B0A" w14:textId="3CF696EB" w:rsidR="001C7426" w:rsidRPr="001C7426" w:rsidRDefault="00FE5148" w:rsidP="001C7426">
     <w:pPr>
       <w:pStyle w:val="MDPIfooterfirstpage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8845"/>
         <w:tab w:val="right" w:pos="10466"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00FE5148">
       <w:rPr>
         <w:i/>
         <w:noProof/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
-    </w:r>
-[...8 lines deleted...]
-      <w:pict w14:anchorId="5F30A3F9">
+      <w:pict w14:anchorId="41B39187">
         <v:rect id="_x0000_i1025" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14540F01" w14:textId="0B37BFEC" w:rsidR="00217836" w:rsidRPr="00802C4B" w:rsidRDefault="00217836" w:rsidP="00802C4B">
     <w:pPr>
       <w:pStyle w:val="MDPIfooterfirstpage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8845"/>
         <w:tab w:val="right" w:pos="10466"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
@@ -8962,51 +9070,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="371614762">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1001932328">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="196816644">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1681465794">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="118"/>
+  <w:zoom w:percent="70"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FD5E78"/>
     <w:rsid w:val="00002A15"/>
     <w:rsid w:val="000136EC"/>
@@ -9017,50 +9125,51 @@
     <w:rsid w:val="00051BF1"/>
     <w:rsid w:val="00052BF6"/>
     <w:rsid w:val="0008283A"/>
     <w:rsid w:val="000A76D1"/>
     <w:rsid w:val="000B676E"/>
     <w:rsid w:val="000C4BD0"/>
     <w:rsid w:val="000C5561"/>
     <w:rsid w:val="000E409F"/>
     <w:rsid w:val="000F688C"/>
     <w:rsid w:val="00114009"/>
     <w:rsid w:val="00122CD0"/>
     <w:rsid w:val="0012769F"/>
     <w:rsid w:val="0013728D"/>
     <w:rsid w:val="00145F06"/>
     <w:rsid w:val="00183220"/>
     <w:rsid w:val="00186ED0"/>
     <w:rsid w:val="00195175"/>
     <w:rsid w:val="001A70C3"/>
     <w:rsid w:val="001C3C17"/>
     <w:rsid w:val="001C3E5D"/>
     <w:rsid w:val="001C4368"/>
     <w:rsid w:val="001C7426"/>
     <w:rsid w:val="001D19F4"/>
     <w:rsid w:val="001E3B5B"/>
     <w:rsid w:val="001F5655"/>
+    <w:rsid w:val="001F5D2A"/>
     <w:rsid w:val="0020109C"/>
     <w:rsid w:val="00201907"/>
     <w:rsid w:val="00201BEA"/>
     <w:rsid w:val="00213B4E"/>
     <w:rsid w:val="00217836"/>
     <w:rsid w:val="002208F6"/>
     <w:rsid w:val="00220C55"/>
     <w:rsid w:val="00232CD3"/>
     <w:rsid w:val="00242D54"/>
     <w:rsid w:val="00244CAE"/>
     <w:rsid w:val="002567EF"/>
     <w:rsid w:val="00277497"/>
     <w:rsid w:val="002825E9"/>
     <w:rsid w:val="00283464"/>
     <w:rsid w:val="00291B38"/>
     <w:rsid w:val="00291BA8"/>
     <w:rsid w:val="002A1461"/>
     <w:rsid w:val="002B0B2E"/>
     <w:rsid w:val="002B1FE5"/>
     <w:rsid w:val="002B3D97"/>
     <w:rsid w:val="002C2DDB"/>
     <w:rsid w:val="002C7E35"/>
     <w:rsid w:val="002E20F6"/>
     <w:rsid w:val="002F2E6C"/>
     <w:rsid w:val="002F37B1"/>
@@ -9117,67 +9226,70 @@
     <w:rsid w:val="005A4B8E"/>
     <w:rsid w:val="005B1078"/>
     <w:rsid w:val="005B479A"/>
     <w:rsid w:val="005C63EE"/>
     <w:rsid w:val="005C7E9F"/>
     <w:rsid w:val="005D2940"/>
     <w:rsid w:val="005D59CD"/>
     <w:rsid w:val="005F32A2"/>
     <w:rsid w:val="00617265"/>
     <w:rsid w:val="0062777B"/>
     <w:rsid w:val="006300C1"/>
     <w:rsid w:val="00637423"/>
     <w:rsid w:val="00642C2A"/>
     <w:rsid w:val="006466D6"/>
     <w:rsid w:val="0066242A"/>
     <w:rsid w:val="00663CB9"/>
     <w:rsid w:val="00665585"/>
     <w:rsid w:val="00670B62"/>
     <w:rsid w:val="00676C1A"/>
     <w:rsid w:val="0068511D"/>
     <w:rsid w:val="00692EE3"/>
     <w:rsid w:val="006B3B95"/>
     <w:rsid w:val="006B5270"/>
     <w:rsid w:val="006D50C1"/>
     <w:rsid w:val="006D7F75"/>
+    <w:rsid w:val="006E4E33"/>
     <w:rsid w:val="006F0219"/>
     <w:rsid w:val="006F0607"/>
     <w:rsid w:val="00701516"/>
     <w:rsid w:val="00705BDB"/>
     <w:rsid w:val="0070700F"/>
     <w:rsid w:val="00714948"/>
     <w:rsid w:val="00715AE5"/>
     <w:rsid w:val="00723A04"/>
     <w:rsid w:val="007504E8"/>
     <w:rsid w:val="007529E6"/>
     <w:rsid w:val="00755879"/>
+    <w:rsid w:val="0076075C"/>
     <w:rsid w:val="00767CD6"/>
     <w:rsid w:val="007727F9"/>
     <w:rsid w:val="00777EDF"/>
     <w:rsid w:val="007870E3"/>
     <w:rsid w:val="0079439F"/>
     <w:rsid w:val="007A0E65"/>
+    <w:rsid w:val="007B41C8"/>
     <w:rsid w:val="007C1B71"/>
     <w:rsid w:val="007C29DC"/>
     <w:rsid w:val="007E47D4"/>
     <w:rsid w:val="008015F3"/>
     <w:rsid w:val="00802C4B"/>
     <w:rsid w:val="00803F6A"/>
     <w:rsid w:val="0080559F"/>
     <w:rsid w:val="0081502A"/>
     <w:rsid w:val="00816859"/>
     <w:rsid w:val="00831D37"/>
     <w:rsid w:val="00837B7A"/>
     <w:rsid w:val="0085011A"/>
     <w:rsid w:val="0085574D"/>
     <w:rsid w:val="008567A6"/>
     <w:rsid w:val="00860780"/>
     <w:rsid w:val="00873AEB"/>
     <w:rsid w:val="008769C1"/>
     <w:rsid w:val="00880BBB"/>
     <w:rsid w:val="008823B4"/>
     <w:rsid w:val="00887242"/>
     <w:rsid w:val="00890BF9"/>
     <w:rsid w:val="00891F9C"/>
     <w:rsid w:val="008A2186"/>
     <w:rsid w:val="008B456A"/>
     <w:rsid w:val="008D5E44"/>
@@ -9218,70 +9330,72 @@
     <w:rsid w:val="00A672B5"/>
     <w:rsid w:val="00A722CE"/>
     <w:rsid w:val="00A76761"/>
     <w:rsid w:val="00A81312"/>
     <w:rsid w:val="00A83C20"/>
     <w:rsid w:val="00A8511A"/>
     <w:rsid w:val="00A86D33"/>
     <w:rsid w:val="00A93B4D"/>
     <w:rsid w:val="00A9585F"/>
     <w:rsid w:val="00AB33FD"/>
     <w:rsid w:val="00AC0837"/>
     <w:rsid w:val="00AC14AA"/>
     <w:rsid w:val="00AC1EF9"/>
     <w:rsid w:val="00AC7D48"/>
     <w:rsid w:val="00AD4A93"/>
     <w:rsid w:val="00AF05D8"/>
     <w:rsid w:val="00B267A2"/>
     <w:rsid w:val="00B26CB5"/>
     <w:rsid w:val="00B31A66"/>
     <w:rsid w:val="00B822DD"/>
     <w:rsid w:val="00B8363F"/>
     <w:rsid w:val="00BA18A1"/>
     <w:rsid w:val="00BA26E0"/>
     <w:rsid w:val="00BB1CF7"/>
     <w:rsid w:val="00BB5C9A"/>
+    <w:rsid w:val="00BC2ABB"/>
     <w:rsid w:val="00BC5838"/>
     <w:rsid w:val="00BD09FC"/>
     <w:rsid w:val="00BD668C"/>
     <w:rsid w:val="00BE5F5B"/>
     <w:rsid w:val="00BE6183"/>
     <w:rsid w:val="00C01096"/>
     <w:rsid w:val="00C018BA"/>
     <w:rsid w:val="00C14E53"/>
     <w:rsid w:val="00C20099"/>
     <w:rsid w:val="00C25818"/>
     <w:rsid w:val="00C272AB"/>
     <w:rsid w:val="00C74309"/>
     <w:rsid w:val="00C91103"/>
     <w:rsid w:val="00C95F0C"/>
     <w:rsid w:val="00CA714C"/>
     <w:rsid w:val="00CB1FE2"/>
     <w:rsid w:val="00CD7FF9"/>
     <w:rsid w:val="00CE06CF"/>
     <w:rsid w:val="00CE27B4"/>
     <w:rsid w:val="00CF7652"/>
+    <w:rsid w:val="00D012E3"/>
     <w:rsid w:val="00D02570"/>
     <w:rsid w:val="00D07F9F"/>
     <w:rsid w:val="00D12534"/>
     <w:rsid w:val="00D156EC"/>
     <w:rsid w:val="00D16D86"/>
     <w:rsid w:val="00D2416E"/>
     <w:rsid w:val="00D335C5"/>
     <w:rsid w:val="00D50799"/>
     <w:rsid w:val="00D5556C"/>
     <w:rsid w:val="00D57EF5"/>
     <w:rsid w:val="00D671FD"/>
     <w:rsid w:val="00D77645"/>
     <w:rsid w:val="00D856DE"/>
     <w:rsid w:val="00D86961"/>
     <w:rsid w:val="00D921E8"/>
     <w:rsid w:val="00D931A8"/>
     <w:rsid w:val="00D94ACA"/>
     <w:rsid w:val="00D96FE4"/>
     <w:rsid w:val="00DA0D92"/>
     <w:rsid w:val="00DA26BC"/>
     <w:rsid w:val="00DA28DD"/>
     <w:rsid w:val="00DB52A3"/>
     <w:rsid w:val="00DB5B7F"/>
     <w:rsid w:val="00DB741B"/>
     <w:rsid w:val="00DC2604"/>
@@ -9305,50 +9419,51 @@
     <w:rsid w:val="00ED370E"/>
     <w:rsid w:val="00ED3C58"/>
     <w:rsid w:val="00EE39AF"/>
     <w:rsid w:val="00EE4C94"/>
     <w:rsid w:val="00EF0AD3"/>
     <w:rsid w:val="00EF1AB2"/>
     <w:rsid w:val="00F06449"/>
     <w:rsid w:val="00F15453"/>
     <w:rsid w:val="00F25984"/>
     <w:rsid w:val="00F27158"/>
     <w:rsid w:val="00F34D22"/>
     <w:rsid w:val="00F374BF"/>
     <w:rsid w:val="00F44E5A"/>
     <w:rsid w:val="00F45111"/>
     <w:rsid w:val="00F45AB3"/>
     <w:rsid w:val="00F4732D"/>
     <w:rsid w:val="00F56B15"/>
     <w:rsid w:val="00F7114B"/>
     <w:rsid w:val="00F96F40"/>
     <w:rsid w:val="00FA30C7"/>
     <w:rsid w:val="00FB0617"/>
     <w:rsid w:val="00FC4889"/>
     <w:rsid w:val="00FD0197"/>
     <w:rsid w:val="00FD5E78"/>
     <w:rsid w:val="00FD7E38"/>
+    <w:rsid w:val="00FE5148"/>
     <w:rsid w:val="00FF612F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -11541,664 +11656,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1887520676">
           <w:marLeft w:val="480"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e-mail@e-mail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/J.CHEMPHYS.2023.112069" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/galym.1998.08.148" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0001-0003-2203-9099" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vest_chem@enu.kz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beisembayev_as@enu.kz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.electacta.2016.08.148" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/xxxxx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...612 lines deleted...]
-</w:webSettings>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000436-000" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iris.who.int/server/api/core/bitstreams/9c4655d8-3671-4503-ae51-4a80bb44d5e0/content" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/edu000094" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/galym.1998.08.148" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0001-0003-2203-9099" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irp-cdn.multiscreensite.com/a5ea5d51/files/uploaded/APA2019_Program_190708.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vest_chem@enu.kz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beisembayev_as@enu.kz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apa.org/news/press/releases/2024/04/people-who-use-willpower" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000157-002" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/xxxxx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brookings.edu/wp-content/uploads/2019/04/how" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e-mail@e-mail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -12501,69 +12003,69 @@
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{407EEB2F-5930-2B49-9F3A-534F4C524E3C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2228</Words>
-  <Characters>12700</Characters>
+  <Words>2270</Words>
+  <Characters>12940</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>107</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14899</CharactersWithSpaces>
+  <CharactersWithSpaces>15180</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Уәли Айтолқын Сайлаубекқызы</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>