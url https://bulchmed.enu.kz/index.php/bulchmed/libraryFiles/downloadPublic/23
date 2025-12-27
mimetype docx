--- v0 (2025-10-04)
+++ v1 (2025-12-27)
@@ -1,57 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webextensions/taskpanes.xml" ContentType="application/vnd.ms-office.webextensiontaskpanes+xml"/>
-  <Override PartName="/word/webextensions/webextension1.xml" ContentType="application/vnd.ms-office.webextension+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/webextensiontaskpanes" Target="word/webextensions/taskpanes.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="438E1B03" w14:textId="54AFEFE3" w:rsidR="006D55E5" w:rsidRPr="00650D93" w:rsidRDefault="006D55E5" w:rsidP="006D55E5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Приложение</w:t>
       </w:r>
       <w:r w:rsidRPr="00650D93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
@@ -60,114 +58,98 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4A560712" w14:textId="71040DB0" w:rsidR="00AC14AA" w:rsidRPr="00650D93" w:rsidRDefault="00223345" w:rsidP="00C01096">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>МРНТИ</w:t>
       </w:r>
       <w:r w:rsidR="00AC14AA" w:rsidRPr="00650D93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 06.81.23</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2666BE9D" w14:textId="2C0700FB" w:rsidR="009243C6" w:rsidRPr="009243C6" w:rsidRDefault="009243C6" w:rsidP="00C01096">
+    <w:p w14:paraId="2666BE9D" w14:textId="40095651" w:rsidR="009243C6" w:rsidRPr="00137E65" w:rsidRDefault="009243C6" w:rsidP="00C01096">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Секция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Секция</w:t>
+        <w:t>Химия</w:t>
       </w:r>
       <w:r w:rsidRPr="00650D93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Химия</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>География</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Экология</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="574EAE1D" w14:textId="6AE84F59" w:rsidR="00802C4B" w:rsidRPr="00E259E6" w:rsidRDefault="00223345" w:rsidP="00E259E6">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Ти</w:t>
       </w:r>
       <w:r w:rsidR="004D5722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>п</w:t>
       </w:r>
       <w:r w:rsidRPr="00223345">
@@ -1014,51 +996,51 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
       <w:tr w:rsidR="009400A9" w:rsidRPr="00AC14AA" w14:paraId="78C88588" w14:textId="77777777" w:rsidTr="009400A9">
         <w:trPr>
           <w:trHeight w:val="5098"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73AA948C" w14:textId="67CC7DE7" w:rsidR="009400A9" w:rsidRPr="009400A9" w:rsidRDefault="00796A78" w:rsidP="009400A9">
+          <w:p w14:paraId="73AA948C" w14:textId="13B9BB2D" w:rsidR="009400A9" w:rsidRPr="009400A9" w:rsidRDefault="00796A78" w:rsidP="009400A9">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Цитирование</w:t>
             </w:r>
             <w:r w:rsidR="009400A9" w:rsidRPr="00880428">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -1092,85 +1074,105 @@
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>публикации</w:t>
             </w:r>
             <w:r w:rsidR="009400A9" w:rsidRPr="00880428">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009400A9" w:rsidRPr="00880428">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009400A9" w:rsidRPr="009400A9">
+            <w:r w:rsidR="009400A9" w:rsidRPr="001A3C70">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t>Chemistry. Geography. Ecology Series, 150(1),</w:t>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Beisembayev, W., Maybolsynov, H., Ivanov, Y.</w:t>
             </w:r>
             <w:r w:rsidR="009400A9" w:rsidRPr="009400A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2025). </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6877" w:rsidRPr="00DC72C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6877" w:rsidRPr="00DE6877">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Вестник ЕНУ имени Л.Н. Гумилева. Серия: Химия. География</w:t>
+            </w:r>
+            <w:r w:rsidR="009400A9" w:rsidRPr="00DE6877">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, 150(1),</w:t>
+            </w:r>
+            <w:r w:rsidR="009400A9" w:rsidRPr="00DE6877">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="00705BDB" w:rsidRPr="004F0365">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:i/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:t>https</w:t>
               </w:r>
               <w:r w:rsidR="00705BDB" w:rsidRPr="007727F9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:i/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:highlight w:val="yellow"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>://</w:t>
               </w:r>
@@ -1492,51 +1494,51 @@
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31B6EA6E" w14:textId="573A59F2" w:rsidR="009400A9" w:rsidRPr="001E3B5B" w:rsidRDefault="009115EE" w:rsidP="009400A9">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="113"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="DengXian" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74998D46" wp14:editId="19C29F23">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74998D46" wp14:editId="574E677E">
                   <wp:extent cx="800100" cy="276225"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="189582752" name="Рисунок 1" descr="Изображение выглядит как символ, Шрифт, Графика, логотип&#10;&#10;Автоматически созданное описание"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Рисунок 1" descr="Изображение выглядит как символ, Шрифт, Графика, логотип&#10;&#10;Автоматически созданное описание"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -3099,56 +3101,56 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00811F4D" w:rsidRPr="00FC1CB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ref</w:t>
       </w:r>
       <w:r w:rsidR="00811F4D" w:rsidRPr="00BB2F33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00650D93">
-[...4 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00650D93" w:rsidRPr="00536804">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>(…)</w:t>
       </w:r>
       <w:r w:rsidR="00811F4D" w:rsidRPr="00EF2DAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">) и получение разрешения на использование опубликованного ранее </w:t>
       </w:r>
       <w:r w:rsidR="00811F4D" w:rsidRPr="00EF2DAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>материала (</w:t>
       </w:r>
       <w:r w:rsidR="00811F4D" w:rsidRPr="00EF2DAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -8489,1591 +8491,2196 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> материалах разрешены при условии их указания в списке литературы здесь.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="407108C9" w14:textId="77777777" w:rsidR="00B22FB1" w:rsidRPr="00B22FB1" w:rsidRDefault="00B22FB1" w:rsidP="009115EE">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6586DD4E" w14:textId="46F6A1C2" w:rsidR="009115EE" w:rsidRPr="00BA6D7C" w:rsidRDefault="00B22FB1" w:rsidP="008E74F5">
+    <w:p w14:paraId="35A0870D" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00BA6D7C" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Список</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA6D7C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>литературы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43940D36" w14:textId="592AB705" w:rsidR="009115EE" w:rsidRPr="00B22FB1" w:rsidRDefault="00B22FB1" w:rsidP="009115EE">
+    <w:p w14:paraId="6A69D8FC" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00137E65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Статья</w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="7A6EBD67" w14:textId="77777777" w:rsidR="00BA6D7C" w:rsidRPr="00D83351" w:rsidRDefault="00BA6D7C" w:rsidP="00BA6D7C">
+        <w:t>Статья в журнале</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79B61E86" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D83351">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00D83351">
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Niepel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hausen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Weber</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Moller</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (2025). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Understanding mean-level and intraindividual variability in state academic self-concept: The role of students’ trait expectancies and values. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Chem Phys</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 575, 112069. </w:t>
+        <w:t>Journal of Educational Phychology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 117(5), 772-788. </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="00D83351">
+        <w:r w:rsidRPr="00137E65">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>https://doi.org/10.1016/J.CHEMPHYS.2023.112069</w:t>
+          <w:t>https://doi.org/10.1037/edu000094</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="05650538" w14:textId="77777777" w:rsidR="00BA6D7C" w:rsidRPr="00D83351" w:rsidRDefault="00BA6D7C" w:rsidP="00BA6D7C">
+    <w:p w14:paraId="5ABDF8DC" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Electrochim Acta</w:t>
-[...107 lines deleted...]
-    <w:p w14:paraId="399C7347" w14:textId="77777777" w:rsidR="00705BDB" w:rsidRPr="00BA6D7C" w:rsidRDefault="00705BDB" w:rsidP="008E74F5">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4500E544" w14:textId="04B2C23A" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="579D94D5" w14:textId="489BCF38" w:rsidR="009115EE" w:rsidRPr="00B22FB1" w:rsidRDefault="00B22FB1" w:rsidP="009115EE">
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Книг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E683745" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
-          <w:lang w:val="ru-RU"/>
-[...12 lines deleted...]
-        <w:r w:rsidR="00A0689C" w:rsidRPr="008E74F5">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Levenson, H., Jinich, S., Vaz, A., &amp; Rousmaniere, T. (2025). Deliberate practice in emotionally focused couple therapy. American Physichological Association. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00137E65">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>https</w:t>
-[...151 lines deleted...]
-          <w:t>pdf</w:t>
+          <w:t>https://doi.org/10.1037/0000436-000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C26BFEE" w14:textId="77777777" w:rsidR="009115EE" w:rsidRPr="00B22FB1" w:rsidRDefault="009115EE" w:rsidP="009115EE">
+    <w:p w14:paraId="0F1D3C8B" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="47ECE565" w14:textId="7DA8DD00" w:rsidR="009115EE" w:rsidRPr="00B22FB1" w:rsidRDefault="00B22FB1" w:rsidP="009115EE">
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FA8583D" w14:textId="7B9D81E3" w:rsidR="00137E65" w:rsidRPr="00DE6877" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="550F48B7" w14:textId="77777777" w:rsidR="009115EE" w:rsidRPr="00B22FB1" w:rsidRDefault="009115EE" w:rsidP="009115EE">
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Глав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> книг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284E21C2" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6A0C460D" w14:textId="77777777" w:rsidR="00BA6D7C" w:rsidRPr="00B221DD" w:rsidRDefault="00BA6D7C" w:rsidP="00BA6D7C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Zeleke, W. A., Hughes, T. L., &amp; Drozda, N. (2020). Home-school collaboration to promote mind-body health. In C. Maykel &amp; M. A. Bray (Eds.), Promoting ming-body health in schools: Interventions for mental health professionals (pp. 11-26). American Phychological Association. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1037/0000157-002</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5871E438" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...40 lines deleted...]
-    <w:p w14:paraId="33E4AF68" w14:textId="77777777" w:rsidR="00B22FB1" w:rsidRPr="00BA6D7C" w:rsidRDefault="00B22FB1" w:rsidP="009115EE">
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="244D22E5" w14:textId="3C1C4EE9" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="1BF57191" w14:textId="10BCBE7E" w:rsidR="009115EE" w:rsidRPr="00BA6D7C" w:rsidRDefault="00B22FB1" w:rsidP="009115EE">
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Конференция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4069E8" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Davidson, R. J. (2019, August 8-11). Well-being is a skill [Conference session]. APA 2019 Convention, Chicago, IL, United State. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://irp-cdn.multiscreensite.com/a5ea5d51/files/uploaded/APA2019_Program_190708.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="739E6147" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="0607C243" w14:textId="77777777" w:rsidR="009115EE" w:rsidRPr="00223345" w:rsidRDefault="009115EE" w:rsidP="009115EE">
+    </w:p>
+    <w:p w14:paraId="1E06CE1E" w14:textId="250C24E7" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="66A346C1" w14:textId="77777777" w:rsidR="00BA6D7C" w:rsidRDefault="00BA6D7C" w:rsidP="00BA6D7C">
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Другие публикации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061E08FA" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00D141F6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. World Health Organization. (2025). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...25 lines deleted...]
-    <w:p w14:paraId="11053451" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00BA6D7C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Global report on neglected tropical diseases</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://iris.who.int/server/api/core/bitstreams/9c4655d8-3671-4503-ae51-4a80bb44d5e0/content</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="494B1B83" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="38E430A9" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00BA6D7C">
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Winthrop, R., Ziegler, L., Handa, R., &amp; Fakoya, F. (2019). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>How playful learning can help leapfrog progress in education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Center for Universal Education at Brookings. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://www.brookings.edu/wp-content/uploads/2019/04/how</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> playful learning can help leapfrog progress in education.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616B4F5F" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="42ADB828" w14:textId="3B064630" w:rsidR="00976FAC" w:rsidRPr="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. American Psychological Association. (2024, April 11). People who use willpower alone to achieve goals, resist temptation, deemed more trustworthy [Press release]. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://www.apa.org/news/press/releases/2024/04/people-who-use-willpower</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6CD0E718" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="1D7EA91B" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRPr="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="253E8007" w14:textId="323F2F8D" w:rsidR="00137E65" w:rsidRPr="00DE6877" w:rsidRDefault="00137E65" w:rsidP="00137E65">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Диссертаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C24D34" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9. Horvath-Plyman, M. (2018). Social media and the college student journey: An examination of how social media use impacts social capital and affects college choice, access, and transition (Publication No. 10937367) [Doctoral dissertation, New York University]. ProQuest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dissertations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Theses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Global</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E18BABA" w14:textId="77777777" w:rsidR="00137E65" w:rsidRPr="00137E65" w:rsidRDefault="00137E65" w:rsidP="00137E65">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="579D94D5" w14:textId="489BCF38" w:rsidR="009115EE" w:rsidRPr="00137E65" w:rsidRDefault="00B22FB1" w:rsidP="009115EE">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...351 lines deleted...]
-    <w:p w14:paraId="535170A8" w14:textId="1C7D22E9" w:rsidR="00976FAC" w:rsidRPr="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Посмотрите больше примеров, включая авторские книги, отредактированные главы книг, сессии конференций, диссертации из базы данных, веб-страницы и т.д.; перейдите по ссылке </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>apastyle</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>apa</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>org</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>instructional</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>aids</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>reference</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>examples</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00A0689C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2C26BFEE" w14:textId="77777777" w:rsidR="009115EE" w:rsidRPr="00137E65" w:rsidRDefault="009115EE" w:rsidP="009115EE">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00976FAC">
-[...215 lines deleted...]
-    <w:p w14:paraId="57BA561B" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRPr="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00BA6D7C">
+    </w:p>
+    <w:p w14:paraId="47ECE565" w14:textId="7DA8DD00" w:rsidR="009115EE" w:rsidRPr="00137E65" w:rsidRDefault="00B22FB1" w:rsidP="009115EE">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Если авторы ссылаются на оригинальные работы (источники) на казахском или русском языке, они должны предоставить библиографические данные, предоставив их транслитерацию, как показано ниже</w:t>
+      </w:r>
+      <w:r w:rsidR="00767CD6" w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550F48B7" w14:textId="77777777" w:rsidR="009115EE" w:rsidRPr="00137E65" w:rsidRDefault="009115EE" w:rsidP="009115EE">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A0C460D" w14:textId="25A6F589" w:rsidR="00BA6D7C" w:rsidRPr="00DE6877" w:rsidRDefault="00137E65" w:rsidP="00BA6D7C">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE6877">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6D7C" w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Beisembaev, В.B., Kunaev, A.M., Kenzhaliev, В.K. (1998). Theory and practice of heap’s leaching of copper (Teorija i praktika kuchnogo vyshhelachivanija medi in Russian), 1st ed. Gylym, Almaty. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00BA6D7C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA6D7C" w:rsidRPr="00DE6877">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA6D7C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>doi</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA6D7C" w:rsidRPr="00DE6877">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA6D7C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>org</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA6D7C" w:rsidRPr="00DE6877">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>/10.1016/</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA6D7C" w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>galym</w:t>
+        </w:r>
+        <w:r w:rsidR="00BA6D7C" w:rsidRPr="00DE6877">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>.1998.08.148</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BA6D7C" w:rsidRPr="00DE6877">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E4AF68" w14:textId="77777777" w:rsidR="00B22FB1" w:rsidRPr="00DE6877" w:rsidRDefault="00B22FB1" w:rsidP="009115EE">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42ADB828" w14:textId="3B064630" w:rsidR="00976FAC" w:rsidRPr="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Следующая информация должна быть предоставлена на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казахском </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7EA91B" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRPr="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F2A2ABB" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRPr="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI12title"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қаланың а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB60B12" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRPr="002567EF" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI13authornames"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Аты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аты Тегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және Аты Тегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D381C9" w14:textId="087863E6" w:rsidR="00976FAC" w:rsidRPr="002567EF" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI17abstract"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аңдатпа: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Зерттеу мақалаларына арналған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аңдатпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00650D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>00 сөзден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аспайтын абзац ішінде зерттеуді қысқаша мазмұндауы керек. Авторларға арнайы тақырыптарды пайдаланбай құрылымдық форматты қабылдау ұсынылады. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аңдатпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақаланың мазмұнын объективті түрде көрсетуі керек және негізгі мәтінде талқыланбаған немесе қолдалмаған нәтижелерді қамтымауы керек. Сонымен қатар, ол негізгі қорытындыларды асыра айтудан аулақ болу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E26EA77" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRPr="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI18keywords"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45FDA707" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Түйін сөздер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>түйін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөз 1; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>түйін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөз 2; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">түйін сөз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 (мақалаға тән, бірақ пәндік пәнде жеткілікті түрде кең таралған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00124">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">түйін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сөзді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тізімдеңіз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFDA28B" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="535170A8" w14:textId="1C7D22E9" w:rsidR="00976FAC" w:rsidRPr="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Следующая информация должна быть предоставлена на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>английском</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976FAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290D5B87" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22862F57" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRPr="00AC14AA" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI12title"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D2E045" w14:textId="7429C5EC" w:rsidR="00976FAC" w:rsidRPr="002A2EBA" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI13authornames"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Firstname Lastname, Firstname Lastname and Firstname Lastname</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E58BA9" w14:textId="62DB7FCC" w:rsidR="00976FAC" w:rsidRPr="00AC14AA" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI17abstract"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abstract: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract for research articles should concisely summarise the study within a paragraph of no more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00650D93" w:rsidRPr="00650D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00887242">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>00 words</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Authors are encouraged to adopt a structured format without using specific headings. The abstract must objectively reflect the article's content and should not include results not discussed or supported in the main text. Additionally, it should avoid overstating the main conclusions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6813CF62" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI18keywords"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B07D7CA" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRPr="00AC14AA" w:rsidRDefault="00976FAC" w:rsidP="00976FAC">
+      <w:pPr>
+        <w:pStyle w:val="MDPI18keywords"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keywords: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">keyword 1; keyword 2; keyword 3 (List </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>three to ten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pertinent keywords specific to the article yet reasonably common within the subject discipline)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57BA561B" w14:textId="77777777" w:rsidR="00976FAC" w:rsidRPr="00976FAC" w:rsidRDefault="00976FAC" w:rsidP="00BA6D7C">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CCF70BB" w14:textId="77777777" w:rsidR="007727F9" w:rsidRPr="00976FAC" w:rsidRDefault="007727F9" w:rsidP="00B22FB1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007727F9" w:rsidRPr="00976FAC" w:rsidSect="00E259E6">
-      <w:headerReference w:type="even" r:id="rId22"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId27"/>
+      <w:headerReference w:type="even" r:id="rId27"/>
+      <w:headerReference w:type="default" r:id="rId28"/>
+      <w:footerReference w:type="even" r:id="rId29"/>
+      <w:footerReference w:type="default" r:id="rId30"/>
+      <w:headerReference w:type="first" r:id="rId31"/>
+      <w:footerReference w:type="first" r:id="rId32"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="1021" w:footer="340" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="425"/>
       <w:titlePg/>
       <w:bidi/>
       <w:docGrid w:type="lines" w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C1D9DAB" w14:textId="77777777" w:rsidR="00EA7C17" w:rsidRDefault="00EA7C17" w:rsidP="00FD5E78">
+    <w:p w14:paraId="20CEA7F0" w14:textId="77777777" w:rsidR="002A6D7D" w:rsidRDefault="002A6D7D" w:rsidP="00FD5E78">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62BAD87C" w14:textId="77777777" w:rsidR="00EA7C17" w:rsidRDefault="00EA7C17" w:rsidP="00FD5E78">
+    <w:p w14:paraId="21852D77" w14:textId="77777777" w:rsidR="002A6D7D" w:rsidRDefault="002A6D7D" w:rsidP="00FD5E78">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
@@ -10232,61 +10839,61 @@
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="55C6A848" w14:textId="43F619FF" w:rsidR="00217836" w:rsidRPr="00F44E5A" w:rsidRDefault="00217836" w:rsidP="001C3497">
     <w:pPr>
       <w:pStyle w:val="MDPIfooterfirstpage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8845"/>
         <w:tab w:val="right" w:pos="10466"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="596780F8" w14:textId="77777777" w:rsidR="00EA7C17" w:rsidRDefault="00EA7C17" w:rsidP="00FD5E78">
+    <w:p w14:paraId="1A1E0145" w14:textId="77777777" w:rsidR="002A6D7D" w:rsidRDefault="002A6D7D" w:rsidP="00FD5E78">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BAF75A8" w14:textId="77777777" w:rsidR="00EA7C17" w:rsidRDefault="00EA7C17" w:rsidP="00FD5E78">
+    <w:p w14:paraId="5943E084" w14:textId="77777777" w:rsidR="002A6D7D" w:rsidRDefault="002A6D7D" w:rsidP="00FD5E78">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01280269" w14:textId="77777777" w:rsidR="00217836" w:rsidRDefault="00217836" w:rsidP="00975B88">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -10436,83 +11043,74 @@
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t>2025</w:t>
     </w:r>
     <w:r w:rsidR="00A93B4D">
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidR="00802C4B">
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>150(1)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="466A7B0A" w14:textId="3CF696EB" w:rsidR="001C7426" w:rsidRPr="001C7426" w:rsidRDefault="00650D93" w:rsidP="001C7426">
+  <w:p w14:paraId="466A7B0A" w14:textId="3CF696EB" w:rsidR="001C7426" w:rsidRPr="001C7426" w:rsidRDefault="002A6D7D" w:rsidP="001C7426">
     <w:pPr>
       <w:pStyle w:val="MDPIfooterfirstpage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8845"/>
         <w:tab w:val="right" w:pos="10466"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="002A6D7D">
       <w:rPr>
         <w:i/>
         <w:noProof/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
-    </w:r>
-[...8 lines deleted...]
-      <w:pict w14:anchorId="5F30A3F9">
+      <w:pict w14:anchorId="1E0F9535">
         <v:rect id="_x0000_i1025" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14540F01" w14:textId="0B37BFEC" w:rsidR="00217836" w:rsidRPr="00802C4B" w:rsidRDefault="00217836" w:rsidP="00802C4B">
     <w:pPr>
       <w:pStyle w:val="MDPIfooterfirstpage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8845"/>
         <w:tab w:val="right" w:pos="10466"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
@@ -11017,124 +11615,127 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="371614762">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1001932328">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="196816644">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1681465794">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="118"/>
+  <w:zoom w:percent="191"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FD5E78"/>
     <w:rsid w:val="00002A15"/>
     <w:rsid w:val="000136EC"/>
     <w:rsid w:val="000405D5"/>
     <w:rsid w:val="00043B60"/>
     <w:rsid w:val="0005000E"/>
     <w:rsid w:val="00051BF1"/>
     <w:rsid w:val="00052BF6"/>
     <w:rsid w:val="0008283A"/>
     <w:rsid w:val="000A76D1"/>
     <w:rsid w:val="000B676E"/>
     <w:rsid w:val="000C4BD0"/>
     <w:rsid w:val="000C5561"/>
     <w:rsid w:val="000E409F"/>
     <w:rsid w:val="000F688C"/>
     <w:rsid w:val="00114009"/>
     <w:rsid w:val="00122CD0"/>
     <w:rsid w:val="00124A5E"/>
     <w:rsid w:val="0013728D"/>
+    <w:rsid w:val="00137E65"/>
     <w:rsid w:val="00145F06"/>
     <w:rsid w:val="00183220"/>
     <w:rsid w:val="00186ED0"/>
     <w:rsid w:val="00195175"/>
+    <w:rsid w:val="001A3C70"/>
     <w:rsid w:val="001A70C3"/>
     <w:rsid w:val="001C3C17"/>
     <w:rsid w:val="001C3E5D"/>
     <w:rsid w:val="001C4368"/>
     <w:rsid w:val="001C7426"/>
     <w:rsid w:val="001D19F4"/>
     <w:rsid w:val="001E3B5B"/>
     <w:rsid w:val="0020109C"/>
     <w:rsid w:val="00201907"/>
     <w:rsid w:val="00201BEA"/>
     <w:rsid w:val="00213B4E"/>
     <w:rsid w:val="00217836"/>
     <w:rsid w:val="002208F6"/>
     <w:rsid w:val="00220C55"/>
     <w:rsid w:val="00223345"/>
     <w:rsid w:val="00232CD3"/>
     <w:rsid w:val="00242D54"/>
     <w:rsid w:val="00244CAE"/>
     <w:rsid w:val="00277497"/>
     <w:rsid w:val="00277EB2"/>
     <w:rsid w:val="002825E9"/>
     <w:rsid w:val="0028385B"/>
     <w:rsid w:val="00291B38"/>
     <w:rsid w:val="00291BA8"/>
     <w:rsid w:val="0029497F"/>
     <w:rsid w:val="002A1265"/>
     <w:rsid w:val="002A1461"/>
     <w:rsid w:val="002A2EBA"/>
+    <w:rsid w:val="002A6D7D"/>
     <w:rsid w:val="002B0B2E"/>
     <w:rsid w:val="002B1FE5"/>
     <w:rsid w:val="002B3D97"/>
     <w:rsid w:val="002C2DDB"/>
     <w:rsid w:val="002C7E35"/>
     <w:rsid w:val="002F2E6C"/>
     <w:rsid w:val="002F37B1"/>
     <w:rsid w:val="003032F4"/>
     <w:rsid w:val="00326F46"/>
     <w:rsid w:val="003308FB"/>
     <w:rsid w:val="00333B17"/>
     <w:rsid w:val="0034609A"/>
     <w:rsid w:val="00356EDD"/>
     <w:rsid w:val="00360738"/>
     <w:rsid w:val="00361E9E"/>
     <w:rsid w:val="003715A5"/>
     <w:rsid w:val="00371FDF"/>
     <w:rsid w:val="00372D27"/>
     <w:rsid w:val="003748A9"/>
     <w:rsid w:val="00374FE5"/>
     <w:rsid w:val="003831FF"/>
     <w:rsid w:val="003929B0"/>
     <w:rsid w:val="003A05C2"/>
     <w:rsid w:val="003A47F5"/>
     <w:rsid w:val="003B4304"/>
@@ -11148,92 +11749,94 @@
     <w:rsid w:val="00400432"/>
     <w:rsid w:val="00407730"/>
     <w:rsid w:val="00410EF0"/>
     <w:rsid w:val="0041482B"/>
     <w:rsid w:val="004163F4"/>
     <w:rsid w:val="004230E1"/>
     <w:rsid w:val="00445B0F"/>
     <w:rsid w:val="00450A52"/>
     <w:rsid w:val="00455A16"/>
     <w:rsid w:val="00462E60"/>
     <w:rsid w:val="0046657F"/>
     <w:rsid w:val="00491332"/>
     <w:rsid w:val="00497EFE"/>
     <w:rsid w:val="004A2E7E"/>
     <w:rsid w:val="004B068D"/>
     <w:rsid w:val="004B67E7"/>
     <w:rsid w:val="004B6CE0"/>
     <w:rsid w:val="004C538B"/>
     <w:rsid w:val="004D5722"/>
     <w:rsid w:val="004F0CAF"/>
     <w:rsid w:val="004F4F00"/>
     <w:rsid w:val="00501E4A"/>
     <w:rsid w:val="00506085"/>
     <w:rsid w:val="005271E9"/>
     <w:rsid w:val="00535C01"/>
+    <w:rsid w:val="00536804"/>
     <w:rsid w:val="00545EAA"/>
     <w:rsid w:val="005574BF"/>
     <w:rsid w:val="00570D72"/>
     <w:rsid w:val="00572B73"/>
     <w:rsid w:val="0059265E"/>
     <w:rsid w:val="005A4B8E"/>
     <w:rsid w:val="005B1078"/>
     <w:rsid w:val="005B479A"/>
     <w:rsid w:val="005C63EE"/>
     <w:rsid w:val="005C7E9F"/>
     <w:rsid w:val="005D2940"/>
     <w:rsid w:val="005D59CD"/>
     <w:rsid w:val="005F32A2"/>
     <w:rsid w:val="00617265"/>
     <w:rsid w:val="006300C1"/>
     <w:rsid w:val="006307A0"/>
     <w:rsid w:val="006373E6"/>
     <w:rsid w:val="00637423"/>
     <w:rsid w:val="006466D6"/>
     <w:rsid w:val="00650D93"/>
     <w:rsid w:val="0066242A"/>
     <w:rsid w:val="00662F99"/>
     <w:rsid w:val="00663CB9"/>
     <w:rsid w:val="00670B62"/>
     <w:rsid w:val="00676C1A"/>
     <w:rsid w:val="00692EE3"/>
     <w:rsid w:val="006B3B95"/>
     <w:rsid w:val="006B5270"/>
     <w:rsid w:val="006D4B20"/>
     <w:rsid w:val="006D50C1"/>
     <w:rsid w:val="006D55E5"/>
     <w:rsid w:val="006D7F75"/>
     <w:rsid w:val="006F0219"/>
     <w:rsid w:val="00701516"/>
     <w:rsid w:val="00705BDB"/>
     <w:rsid w:val="0070700F"/>
     <w:rsid w:val="00715AE5"/>
     <w:rsid w:val="00723A04"/>
     <w:rsid w:val="00741BE3"/>
     <w:rsid w:val="007504E8"/>
     <w:rsid w:val="007529E6"/>
     <w:rsid w:val="00755879"/>
+    <w:rsid w:val="0076075C"/>
     <w:rsid w:val="00764318"/>
     <w:rsid w:val="00764ED0"/>
     <w:rsid w:val="00767CD6"/>
     <w:rsid w:val="007727F9"/>
     <w:rsid w:val="00777EDF"/>
     <w:rsid w:val="0079439F"/>
     <w:rsid w:val="00796A78"/>
     <w:rsid w:val="007A0E65"/>
     <w:rsid w:val="007C1B71"/>
     <w:rsid w:val="007C29DC"/>
     <w:rsid w:val="007E47D4"/>
     <w:rsid w:val="008015F3"/>
     <w:rsid w:val="00802C4B"/>
     <w:rsid w:val="00803F6A"/>
     <w:rsid w:val="0080559F"/>
     <w:rsid w:val="00811F4D"/>
     <w:rsid w:val="00813194"/>
     <w:rsid w:val="0081502A"/>
     <w:rsid w:val="00816859"/>
     <w:rsid w:val="00831D37"/>
     <w:rsid w:val="00837B7A"/>
     <w:rsid w:val="0085574D"/>
     <w:rsid w:val="008567A6"/>
     <w:rsid w:val="00860780"/>
     <w:rsid w:val="00873AEB"/>
@@ -11250,60 +11853,62 @@
     <w:rsid w:val="008D5E44"/>
     <w:rsid w:val="008E1F53"/>
     <w:rsid w:val="008E454F"/>
     <w:rsid w:val="008E4704"/>
     <w:rsid w:val="008E74F5"/>
     <w:rsid w:val="008F3157"/>
     <w:rsid w:val="0090229D"/>
     <w:rsid w:val="009115EE"/>
     <w:rsid w:val="00913805"/>
     <w:rsid w:val="00923097"/>
     <w:rsid w:val="009243C6"/>
     <w:rsid w:val="00933FAB"/>
     <w:rsid w:val="00937A25"/>
     <w:rsid w:val="009400A9"/>
     <w:rsid w:val="009403CC"/>
     <w:rsid w:val="00942C93"/>
     <w:rsid w:val="0094484C"/>
     <w:rsid w:val="00951BAA"/>
     <w:rsid w:val="00957D8D"/>
     <w:rsid w:val="009640B2"/>
     <w:rsid w:val="00971E7F"/>
     <w:rsid w:val="009726BC"/>
     <w:rsid w:val="00973A75"/>
     <w:rsid w:val="00975D88"/>
     <w:rsid w:val="00976FAC"/>
+    <w:rsid w:val="00982897"/>
     <w:rsid w:val="00982E4C"/>
     <w:rsid w:val="00986801"/>
     <w:rsid w:val="009A08CB"/>
     <w:rsid w:val="009A29BA"/>
     <w:rsid w:val="009C2E8E"/>
     <w:rsid w:val="009C5685"/>
     <w:rsid w:val="009D06A5"/>
     <w:rsid w:val="009E2861"/>
     <w:rsid w:val="009E5EC7"/>
     <w:rsid w:val="009E7301"/>
+    <w:rsid w:val="009F143C"/>
     <w:rsid w:val="00A021EA"/>
     <w:rsid w:val="00A0689C"/>
     <w:rsid w:val="00A249B5"/>
     <w:rsid w:val="00A37627"/>
     <w:rsid w:val="00A60390"/>
     <w:rsid w:val="00A65977"/>
     <w:rsid w:val="00A672B5"/>
     <w:rsid w:val="00A722CE"/>
     <w:rsid w:val="00A76761"/>
     <w:rsid w:val="00A81312"/>
     <w:rsid w:val="00A83C20"/>
     <w:rsid w:val="00A86D33"/>
     <w:rsid w:val="00A936E3"/>
     <w:rsid w:val="00A93B4D"/>
     <w:rsid w:val="00A9585F"/>
     <w:rsid w:val="00AB33FD"/>
     <w:rsid w:val="00AC0837"/>
     <w:rsid w:val="00AC14AA"/>
     <w:rsid w:val="00AC1EF9"/>
     <w:rsid w:val="00AC7D48"/>
     <w:rsid w:val="00AD4A93"/>
     <w:rsid w:val="00AF05D8"/>
     <w:rsid w:val="00B079EF"/>
     <w:rsid w:val="00B22FB1"/>
     <w:rsid w:val="00B267A2"/>
@@ -11340,50 +11945,51 @@
     <w:rsid w:val="00CF7652"/>
     <w:rsid w:val="00D12534"/>
     <w:rsid w:val="00D156EC"/>
     <w:rsid w:val="00D16D86"/>
     <w:rsid w:val="00D2416E"/>
     <w:rsid w:val="00D335C5"/>
     <w:rsid w:val="00D50799"/>
     <w:rsid w:val="00D5556C"/>
     <w:rsid w:val="00D57EF5"/>
     <w:rsid w:val="00D671FD"/>
     <w:rsid w:val="00D77645"/>
     <w:rsid w:val="00D856DE"/>
     <w:rsid w:val="00D86961"/>
     <w:rsid w:val="00D921E8"/>
     <w:rsid w:val="00D931A8"/>
     <w:rsid w:val="00D94ACA"/>
     <w:rsid w:val="00DA0D92"/>
     <w:rsid w:val="00DA26BC"/>
     <w:rsid w:val="00DA28DD"/>
     <w:rsid w:val="00DB52A3"/>
     <w:rsid w:val="00DB741B"/>
     <w:rsid w:val="00DC2604"/>
     <w:rsid w:val="00DC7460"/>
     <w:rsid w:val="00DD2CF4"/>
     <w:rsid w:val="00DE3AAB"/>
+    <w:rsid w:val="00DE6877"/>
     <w:rsid w:val="00DF0F62"/>
     <w:rsid w:val="00DF735D"/>
     <w:rsid w:val="00E15805"/>
     <w:rsid w:val="00E20FC2"/>
     <w:rsid w:val="00E22197"/>
     <w:rsid w:val="00E259E6"/>
     <w:rsid w:val="00E2674E"/>
     <w:rsid w:val="00E366B6"/>
     <w:rsid w:val="00E475A5"/>
     <w:rsid w:val="00E57538"/>
     <w:rsid w:val="00E73630"/>
     <w:rsid w:val="00E773D1"/>
     <w:rsid w:val="00EA0D79"/>
     <w:rsid w:val="00EA7C17"/>
     <w:rsid w:val="00EB4279"/>
     <w:rsid w:val="00ED30D8"/>
     <w:rsid w:val="00ED370E"/>
     <w:rsid w:val="00ED3C58"/>
     <w:rsid w:val="00EE0CA6"/>
     <w:rsid w:val="00EE39AF"/>
     <w:rsid w:val="00EE4C94"/>
     <w:rsid w:val="00EF1AB2"/>
     <w:rsid w:val="00EF2DAB"/>
     <w:rsid w:val="00F06449"/>
     <w:rsid w:val="00F15453"/>
@@ -13617,51 +14223,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1887520676">
           <w:marLeft w:val="480"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e-mail@e-mail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/J.CHEMPHYS.2023.112069" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/galym.1998.08.148" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0001-0003-2203-9099" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vest_chem@enu.kz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beisembayev_as@enu.kz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.electacta.2016.08.148" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/xxxxx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/edu000094" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/galym.1998.08.148" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irp-cdn.multiscreensite.com/a5ea5d51/files/uploaded/APA2019_Program_190708.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0001-0003-2203-9099" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000157-002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vest_chem@enu.kz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apa.org/news/press/releases/2024/04/people-who-use-willpower" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beisembayev_as@enu.kz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brookings.edu/wp-content/uploads/2019/04/how" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000436-000" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/xxxxx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iris.who.int/server/api/core/bitstreams/9c4655d8-3671-4503-ae51-4a80bb44d5e0/content" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e-mail@e-mail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -13915,118 +14521,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=word/webextensions/_rels/taskpanes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...26 lines deleted...]
-
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{407EEB2F-5930-2B49-9F3A-534F4C524E3C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2291</Words>
-  <Characters>13064</Characters>
+  <Words>2512</Words>
+  <Characters>14319</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>108</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>119</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15325</CharactersWithSpaces>
+  <CharactersWithSpaces>16798</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Уәли Айтолқын Сайлаубекқызы</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>