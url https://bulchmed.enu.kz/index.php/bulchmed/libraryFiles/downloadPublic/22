--- v0 (2025-10-11)
+++ v1 (2025-12-21)
@@ -65,114 +65,98 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4A560712" w14:textId="412B4041" w:rsidR="00AC14AA" w:rsidRPr="00C37794" w:rsidRDefault="00EB1177" w:rsidP="00C01096">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ХҒТАР</w:t>
       </w:r>
       <w:r w:rsidR="00AC14AA" w:rsidRPr="00C37794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39FF78F6" w14:textId="3D6DE07B" w:rsidR="00C37794" w:rsidRPr="00C37794" w:rsidRDefault="00C37794" w:rsidP="00C01096">
+    <w:p w14:paraId="39FF78F6" w14:textId="2E878EB7" w:rsidR="00C37794" w:rsidRPr="0005084D" w:rsidRDefault="00C37794" w:rsidP="00C01096">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Секция</w:t>
       </w:r>
       <w:r w:rsidRPr="00C37794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Химия</w:t>
       </w:r>
       <w:r w:rsidRPr="00C37794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>География</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>Экология</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="479AFA09" w14:textId="13150568" w:rsidR="00EB1177" w:rsidRPr="00EB1177" w:rsidRDefault="00EB1177" w:rsidP="00EB1177">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Мақала түрі (ғылыми мақала, шолу, мини</w:t>
       </w:r>
       <w:r w:rsidRPr="00C37794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>-шолу</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB1177">
@@ -344,61 +328,59 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB1177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB1177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Аффилиация</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB1177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1; </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB1177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
@@ -471,61 +453,59 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB1177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB1177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB1177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Аффилиация</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB1177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2; </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB1177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
@@ -721,1126 +701,268 @@
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B26CB5" w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E00124" w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>бірнеше</w:t>
-[...121 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>бірнеше сәйкес авторлар болса, автордың аты-жөнін қосыңыз</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="739F3FB3" w14:textId="77777777" w:rsidR="00F45AB3" w:rsidRPr="00E00124" w:rsidRDefault="00F45AB3" w:rsidP="00F45AB3">
       <w:pPr>
         <w:pStyle w:val="MDPI17abstract"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33B722B9" w14:textId="77777777" w:rsidR="00F45AB3" w:rsidRPr="00E00124" w:rsidRDefault="00F45AB3" w:rsidP="00F45AB3">
       <w:pPr>
         <w:pStyle w:val="MDPI17abstract"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="271C22F1" w14:textId="1B05FDE6" w:rsidR="00FD5E78" w:rsidRPr="00E00124" w:rsidRDefault="00E00124" w:rsidP="00F45AB3">
       <w:pPr>
         <w:pStyle w:val="MDPI17abstract"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Аңдатпа</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Зерттеу</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Зерттеу мақалаларына арналған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аңдатпа</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C23DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>00 сөзден</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C23DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мақала жазылған тілдегі нұсқада</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>арналған</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">аспайтын абзац ішінде зерттеуді қысқаша мазмұндауы керек. Авторларға арнайы тақырыптарды пайдаланбай құрылымдық форматты қабылдау ұсынылады. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аңдатпа</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...783 lines deleted...]
-        <w:t xml:space="preserve"> болу керек.</w:t>
+        <w:t xml:space="preserve"> мақаланың мазмұнын объективті түрде көрсетуі керек және негізгі мәтінде талқыланбаған немесе қолдалмаған нәтижелерді қамтымауы керек. Сонымен қатар, ол негізгі қорытындыларды асыра айтудан аулақ болу керек.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="198" w:rightFromText="198" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="8563"/>
         <w:tblW w:w="2410" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
       <w:tr w:rsidR="009400A9" w:rsidRPr="00AC14AA" w14:paraId="78C88588" w14:textId="77777777" w:rsidTr="009400A9">
         <w:trPr>
           <w:trHeight w:val="5098"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73AA948C" w14:textId="6E7C0B0D" w:rsidR="009400A9" w:rsidRPr="00C37794" w:rsidRDefault="00B76ED5" w:rsidP="009400A9">
+          <w:p w14:paraId="73AA948C" w14:textId="1066BFB0" w:rsidR="009400A9" w:rsidRPr="00C37794" w:rsidRDefault="00B76ED5" w:rsidP="009400A9">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Дәйексөз</w:t>
             </w:r>
             <w:r w:rsidR="009400A9" w:rsidRPr="00B76ED5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -1892,94 +1014,282 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009400A9" w:rsidRPr="00B76ED5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009400A9" w:rsidRPr="000F5E6F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beisembayev, W., Maybolsynov, H., Ivanov, Y. (2025). The title of the paper. </w:t>
+              <w:t xml:space="preserve">Beisembayev, W., Maybolsynov, H., Ivanov, Y. (2025). </w:t>
             </w:r>
-            <w:r w:rsidR="009400A9" w:rsidRPr="000F5E6F">
-[...2 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="00EC415D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> Bulletin of </w:t>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009400A9" w:rsidRPr="00C37794">
-[...2 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="009F7384">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">the L.N. Gumilyov ENU. </w:t>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Л</w:t>
             </w:r>
-            <w:r w:rsidR="009400A9" w:rsidRPr="00C37794">
-[...2 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="00EC415D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-              <w:t>Chemistry. Geography. Ecology Series, 150(1),</w:t>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="009400A9" w:rsidRPr="00C37794">
-[...2 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="009F7384">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:highlight w:val="yellow"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> 1-5</w:t>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Н</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="00EC415D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="009F7384">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Гумилев</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="00EC415D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="009F7384">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>атындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="00EC415D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="009F7384">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>ЕҰУ</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="00EC415D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="009F7384">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>нің</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="00EC415D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="009F7384">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>хабаршысы</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="00EC415D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="009F7384">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Химия</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="00EC415D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="009F7384">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>География</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="00EC415D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="009F7384">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>сериясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC415D" w:rsidRPr="00EC415D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:noProof w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>, 152(3), 175-190</w:t>
             </w:r>
             <w:r w:rsidR="009400A9" w:rsidRPr="00C37794">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="00705BDB" w:rsidRPr="00C37794">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:iCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:highlight w:val="yellow"/>
                 </w:rPr>
                 <w:t>https</w:t>
               </w:r>
               <w:r w:rsidR="00705BDB" w:rsidRPr="00C37794">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
@@ -2301,51 +1611,51 @@
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31B6EA6E" w14:textId="2E4D621A" w:rsidR="009400A9" w:rsidRPr="001E3B5B" w:rsidRDefault="000F5E6F" w:rsidP="009400A9">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="113"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="DengXian" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69B948E0" wp14:editId="65BA89DA">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69B948E0" wp14:editId="15545DE8">
                   <wp:extent cx="800100" cy="276225"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="189582752" name="Рисунок 1" descr="Изображение выглядит как символ, Шрифт, Графика, логотип&#10;&#10;Автоматически созданное описание"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Рисунок 1" descr="Изображение выглядит как символ, Шрифт, Графика, логотип&#10;&#10;Автоматически созданное описание"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
@@ -2467,1904 +1777,1074 @@
       </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>түйін</w:t>
       </w:r>
       <w:r w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> сөз 1; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>түйін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00124">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөз 2; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">түйін сөз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00124">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 (мақалаға тән, бірақ пәндік пәнде жеткілікті түрде кең таралған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00726FB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00124">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00726FB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00124">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">түйін </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t>түйін</w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>сөзді</w:t>
       </w:r>
       <w:r w:rsidRPr="00E00124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...279 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> тізімдеңіз)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15FFFAB0" w14:textId="77777777" w:rsidR="00FD5E78" w:rsidRPr="00AC14AA" w:rsidRDefault="00FD5E78" w:rsidP="00E259E6">
       <w:pPr>
         <w:pStyle w:val="MDPI19line"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="537FE6CE" w14:textId="77777777" w:rsidR="00E259E6" w:rsidRDefault="00E259E6" w:rsidP="00E259E6">
       <w:pPr>
         <w:pStyle w:val="MDPI21heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="551BE102" w14:textId="77777777" w:rsidR="00726FB8" w:rsidRPr="00726FB8" w:rsidRDefault="00726FB8" w:rsidP="00726FB8">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">0. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Бұл</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>үлгіні</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>пайдалану</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>жолы</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1310C830" w14:textId="51F329BE" w:rsidR="00726FB8" w:rsidRPr="00572652" w:rsidRDefault="00726FB8" w:rsidP="00FF5BE3">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Үлгі</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>қолжазбада</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>қолдануға</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>болатын</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>бөлімдерді</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>егжей</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>тегжейлі</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>көрсетеді</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Осы</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>абзацты</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>алып</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>тастап</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>бөлімді</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>нөмірлеуді</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ден</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>бастаңыз</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Барлық</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>сұрақтар</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>бойынша</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>журналдың</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>редакциясына</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>немесе</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vest_chem@enu.kz </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>электрондық</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>поштасына</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>хабарласыңыз</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B3612C" w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B3612C" w:rsidRPr="00B03FC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Авторлар</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Авторлар жеке деректердің, соның ішінде аты мен тегінің, </w:t>
+      </w:r>
       <w:r w:rsidR="00B3612C" w:rsidRPr="00B03FC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аффилиациясының</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3612C" w:rsidRPr="00B03FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>, байланыс ақпаратының және ORCID-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3612C" w:rsidRPr="00B03FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тің</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3612C" w:rsidRPr="00B03FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дұрыс жазылуына </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3612C" w:rsidRPr="00B03FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өздері </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3612C" w:rsidRPr="00B03FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>жауапты.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...319 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Мақала</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Мақала Word форматында (бет – А4, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кітап</w:t>
+      </w:r>
       <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Word </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>форматы</w:t>
+      </w:r>
       <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>форматында</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>, барлық жағынан жиектер – 20 мм.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шрифт түрі</w:t>
+      </w:r>
       <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>– Times New Roman, өлшемі – 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кегль</w:t>
+      </w:r>
       <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>бет</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>) ұсыныл</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уы тиіс</w:t>
+      </w:r>
       <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – А4, </w:t>
+        <w:t>. Қалған дизайн шарттары үлгіде</w:t>
       </w:r>
       <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>кітап</w:t>
+        <w:t xml:space="preserve"> келтірілген</w:t>
       </w:r>
       <w:r w:rsidR="00FF5BE3" w:rsidRPr="00FF5BE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...298 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDB6726" w14:textId="77777777" w:rsidR="00F45AB3" w:rsidRDefault="00F45AB3" w:rsidP="00F45AB3">
       <w:pPr>
         <w:pStyle w:val="MDPI21heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A2406B6" w14:textId="77FF1757" w:rsidR="00FD5E78" w:rsidRPr="00726FB8" w:rsidRDefault="00FD5E78" w:rsidP="00F45AB3">
       <w:pPr>
         <w:pStyle w:val="MDPI21heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r w:rsidR="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00726FB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>іріспе</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0E7361EA" w14:textId="669B155F" w:rsidR="00572652" w:rsidRDefault="00572652" w:rsidP="00F45AB3">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00572652">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Кіріспе зерттеуді кеңірек контекстке орналастыратын және оның маңыздылығына баса назар аударатын қысқаша шолуды қамтамасыз етуі керек. Ол зерттеудің мақсатын және оның өзектілігін нақтылауы керек. Сыни зерттеулерге сілтеме жасай отырып, осы саладағы бар әдебиеттерді мұқият шолу өте маңызды. Қажет болған жағдайда даулы және әртүрлі көзқарастар қарастырылуы керек. Соңында зерттеудің негізгі мақсатын қысқаша айтып, одан негізгі қорытындыларды шығару керек. Кіріспені зерттеу аймағыңыздың маманы болмауы мүмкін ғалымдарға қолжетімді етуді мақсат етіңіз. Сілтемелер пайда болу реті бойынша </w:t>
       </w:r>
       <w:r w:rsidRPr="00572652">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>беріліп, автор, жыл дөңгелек жақшада көрсетілуі керек, мысалы, APA-7-ші басылымының сілтеме стилінен кейін (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00572652">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Smith</w:t>
-[...32 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Smith et al.</w:t>
       </w:r>
       <w:r w:rsidRPr="00572652">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>, 2009). Сілтемелер туралы қосымша мәліметтер алу үшін құжаттың соңын қараңыз</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D998263" w14:textId="77777777" w:rsidR="00FF5BE3" w:rsidRPr="00A80C6C" w:rsidRDefault="00FF5BE3" w:rsidP="00FF5BE3">
       <w:pPr>
         <w:pStyle w:val="MDPI21heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
@@ -4666,69 +3146,58 @@
         </w:rPr>
         <w:t xml:space="preserve">3.1.1. </w:t>
       </w:r>
       <w:r w:rsidR="003C12A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Ішкі бөлім</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA17DD3" w14:textId="0E6C23C8" w:rsidR="00FD5E78" w:rsidRPr="003C12A2" w:rsidRDefault="003C12A2" w:rsidP="00C55B4A">
       <w:pPr>
         <w:pStyle w:val="MDPI35textbeforelist"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C12A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Маркерленген</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> тізімдер осылай </w:t>
+        <w:t xml:space="preserve">Маркерленген тізімдер осылай </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>берілуі тиіс:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4465041C" w14:textId="7E6A4B3B" w:rsidR="00FD5E78" w:rsidRPr="00AC14AA" w:rsidRDefault="003C12A2" w:rsidP="00C55B4A">
       <w:pPr>
         <w:pStyle w:val="MDPI38bullet"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4794,171 +3263,104 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Үшінші маркер</w:t>
       </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21293AA2" w14:textId="67A705CA" w:rsidR="00FD5E78" w:rsidRPr="00AC14AA" w:rsidRDefault="002672FB" w:rsidP="00C55B4A">
       <w:pPr>
         <w:pStyle w:val="MDPI35textbeforelist"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002672FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Нөмірленген</w:t>
-[...55 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Нөмірленген тізімдерді келесідей қосу</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> қажет</w:t>
       </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45BB153E" w14:textId="5286B53C" w:rsidR="00FD5E78" w:rsidRPr="00AC14AA" w:rsidRDefault="002672FB" w:rsidP="00C55B4A">
       <w:pPr>
         <w:pStyle w:val="MDPI37itemize"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Б</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ірінші</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> элемент</w:t>
+        <w:t>ірінші элемент</w:t>
       </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="352AD4CC" w14:textId="2370DE94" w:rsidR="00FD5E78" w:rsidRPr="00AC14AA" w:rsidRDefault="002672FB" w:rsidP="00C55B4A">
       <w:pPr>
         <w:pStyle w:val="MDPI37itemize"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -4994,96 +3396,58 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Үшінші элемент</w:t>
       </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="762B615E" w14:textId="48065AFA" w:rsidR="00FD5E78" w:rsidRPr="00AC14AA" w:rsidRDefault="002672FB" w:rsidP="00C55B4A">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002672FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Мәтін</w:t>
-[...37 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Мәтін осында жалғасады</w:t>
+      </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51AF5C24" w14:textId="77777777" w:rsidR="002672FB" w:rsidRDefault="002672FB" w:rsidP="00C55B4A">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E41A808" w14:textId="77777777" w:rsidR="002672FB" w:rsidRDefault="002672FB" w:rsidP="00C55B4A">
@@ -5313,158 +3677,96 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> немесе Бейімделді және қайта сызылған </w:t>
       </w:r>
       <w:r w:rsidR="00C23DAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(...)</w:t>
       </w:r>
       <w:r w:rsidR="00FF5BE3" w:rsidRPr="00A80C6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>) және бұрын жарияланған материалды пайдалануға рұқсат (</w:t>
-[...21 lines deleted...]
-        <w:t>) қажет.</w:t>
+        <w:t>) және бұрын жарияланған материалды пайдалануға рұқсат (Permission) қажет.</w:t>
       </w:r>
       <w:r w:rsidR="00904BB6" w:rsidRPr="00904BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00904BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Ауқымды</w:t>
       </w:r>
       <w:r w:rsidR="00904BB6" w:rsidRPr="00904BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> кестелер жағдайында </w:t>
       </w:r>
       <w:r w:rsidR="00904BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>кегль</w:t>
       </w:r>
       <w:r w:rsidR="00904BB6" w:rsidRPr="00904BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> өлшемін 9 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> дейін азайтуға болады.</w:t>
+        <w:t xml:space="preserve"> өлшемін 9 пт немесе 10 пт дейін азайтуға болады.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47F5B598" w14:textId="77777777" w:rsidR="00C32BE7" w:rsidRPr="00C32BE7" w:rsidRDefault="00C32BE7" w:rsidP="00C32BE7">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0364CEE8" w14:textId="45F2F732" w:rsidR="00FD5E78" w:rsidRPr="002672FB" w:rsidRDefault="00EB4279" w:rsidP="00C32BE7">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5587,167 +3889,94 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Сурет</w:t>
       </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00C32BE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C32BE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Бұл</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Бұл </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сурет</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C32BE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">. Схемалар </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>сурет</w:t>
-[...48 lines deleted...]
-        <w:t>формат</w:t>
+        <w:t>да осы формат</w:t>
       </w:r>
       <w:r w:rsidR="001D07CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>та</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">та рәсімделуі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қажет</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B68EC49" w14:textId="77777777" w:rsidR="00904BB6" w:rsidRPr="00C37794" w:rsidRDefault="00904BB6" w:rsidP="00C32BE7">
       <w:pPr>
         <w:pStyle w:val="MDPI41tablecaption"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6210,298 +4439,143 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C63B02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63B02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006C7DFE" w:rsidRPr="00C63B02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Кестелерде</w:t>
-[...81 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Кестелерде төменгі деректеме болуы мүмкін</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C63B02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="584982F0" w14:textId="77777777" w:rsidR="006C7DFE" w:rsidRPr="006C7DFE" w:rsidRDefault="006C7DFE" w:rsidP="006C7DFE">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0853F440" w14:textId="6A090D9D" w:rsidR="00FD5E78" w:rsidRDefault="00C63B02" w:rsidP="006C7DFE">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C63B02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Мәтін</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Мәтін осы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үрде</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C63B02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> осы</w:t>
+        <w:t xml:space="preserve"> жалғасады (сурет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> т</w:t>
-[...8 lines deleted...]
-        <w:t>үрде</w:t>
+        <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63B02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...80 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> және кесте</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00C63B02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5385EEEA" w14:textId="77777777" w:rsidR="006C7DFE" w:rsidRPr="006C7DFE" w:rsidRDefault="006C7DFE" w:rsidP="006C7DFE">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
@@ -6843,731 +4917,297 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE1C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Сурет</w:t>
       </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00BE1C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Бұл</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Бұл </w:t>
+      </w:r>
       <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сурет</w:t>
+      </w:r>
+      <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Бірнеше </w:t>
+      </w:r>
+      <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>суретше</w:t>
+      </w:r>
+      <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болған кезде, олар</w:t>
+      </w:r>
+      <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (а) бірінші панельдегі мазмұнның түсіндірмесі</w:t>
+      </w:r>
+      <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және (</w:t>
+      </w:r>
+      <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) екінші панельдегі мазмұнның түсіндірмесі</w:t>
+      </w:r>
+      <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сурет</w:t>
+        <w:t>беру</w:t>
       </w:r>
       <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> керек. </w:t>
+      </w:r>
       <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Суреттер</w:t>
+      </w:r>
       <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> негізгі мәтінде </w:t>
+      </w:r>
       <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>суретше</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">келтірілген сілтемеге </w:t>
+      </w:r>
       <w:r w:rsidR="000279AA" w:rsidRPr="00BE1C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...403 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>жақын орналасуы керек</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="223D1354" w14:textId="77777777" w:rsidR="006C7DFE" w:rsidRPr="000279AA" w:rsidRDefault="006C7DFE" w:rsidP="006C7DFE">
       <w:pPr>
         <w:pStyle w:val="MDPI51figurecaption"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32607EC6" w14:textId="12FBDA95" w:rsidR="00962D4B" w:rsidRPr="00962D4B" w:rsidRDefault="00C63B02" w:rsidP="00962D4B">
       <w:pPr>
         <w:pStyle w:val="MDPI51figurecaption"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Кесте</w:t>
       </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00AC14AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000279AA" w:rsidRPr="000279AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Бұл</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Бұл </w:t>
+      </w:r>
+      <w:r w:rsidR="000279AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кесте</w:t>
+      </w:r>
       <w:r w:rsidR="000279AA" w:rsidRPr="000279AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...88 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. Кестелерді негізгі мәтін ішінде </w:t>
       </w:r>
       <w:r w:rsidR="00962D4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">келтірілген сілтемеге </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00962D4B" w:rsidRPr="000279AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>жақын</w:t>
-[...37 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>жақын орналасуы керек</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5E9FDEFD" w14:textId="3AEC36B7" w:rsidR="006C7DFE" w:rsidRPr="00962D4B" w:rsidRDefault="006C7DFE" w:rsidP="006C7DFE">
       <w:pPr>
         <w:pStyle w:val="MDPI41tablecaption"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -8952,141 +6592,59 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32318F19" w14:textId="1029E3E4" w:rsidR="00FD5E78" w:rsidRPr="00BE1C94" w:rsidRDefault="00FD5E78" w:rsidP="00BE1C94">
       <w:pPr>
         <w:pStyle w:val="MDPI43tablefooter"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE1C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00962D4B" w:rsidRPr="00C63B02">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Кестелерде</w:t>
-[...81 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Кестелерде төменгі деректеме болуы мүмкін</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BE1C94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23C2187B" w14:textId="77777777" w:rsidR="00BE1C94" w:rsidRDefault="00BE1C94" w:rsidP="00BE1C94">
       <w:pPr>
         <w:pStyle w:val="MDPI22heading2"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="324B8E9F" w14:textId="3C3C5060" w:rsidR="00FD5E78" w:rsidRPr="001D07CE" w:rsidRDefault="00FD5E78" w:rsidP="00BE1C94">
       <w:pPr>
@@ -9127,121 +6685,77 @@
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
       <w:r w:rsidR="001D07CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>әсімдеу</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17AB29C1" w14:textId="04A52A4E" w:rsidR="00FD5E78" w:rsidRPr="001D07CE" w:rsidRDefault="001D07CE" w:rsidP="00BE1C94">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D07CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Бұл</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Бұл теңдеудің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
       <w:r w:rsidRPr="001D07CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...51 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> мысалы</w:t>
+      </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="001D07CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A456395" w14:textId="77777777" w:rsidR="005D2940" w:rsidRPr="001D07CE" w:rsidRDefault="005D2940" w:rsidP="00BE1C94">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51B2CF65" w14:textId="5AE50F53" w:rsidR="005D2940" w:rsidRPr="00B221DD" w:rsidRDefault="005D2940" w:rsidP="00BE1C94">
       <w:pPr>
@@ -9410,445 +6924,121 @@
     <w:p w14:paraId="0BCAB64E" w14:textId="77777777" w:rsidR="005D2940" w:rsidRPr="00B221DD" w:rsidRDefault="005D2940" w:rsidP="00BE1C94">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CD73720" w14:textId="2460978C" w:rsidR="00FD5E78" w:rsidRPr="00B221DD" w:rsidRDefault="001D07CE" w:rsidP="00BE1C94">
       <w:pPr>
         <w:pStyle w:val="MDPI32textnoindent"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B221DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Теңдеуден</w:t>
-[...281 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Теңдеуден кейінгі мәтін жаңа абзацта болуы міндетті емес. Теңдеулердің тыныс белгілерін кәдімгі мәтін ретінде қойыңыз</w:t>
+      </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00B221DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2685B662" w14:textId="77777777" w:rsidR="00F34D22" w:rsidRPr="00B221DD" w:rsidRDefault="00F34D22" w:rsidP="00BE1C94">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="076A77DB" w14:textId="441F09E5" w:rsidR="00FD5E78" w:rsidRPr="00B221DD" w:rsidRDefault="001D07CE" w:rsidP="00BE1C94">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B221DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Бұл</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Бұл теңдеудің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екінші</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B221DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...49 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> мысалы</w:t>
+      </w:r>
       <w:r w:rsidR="00FD5E78" w:rsidRPr="00B221DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11DD40C7" w14:textId="77777777" w:rsidR="005D2940" w:rsidRPr="00B221DD" w:rsidRDefault="005D2940" w:rsidP="00BE1C94">
       <w:pPr>
         <w:pStyle w:val="MDPI31text"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="667C57C8" w14:textId="2089BE0B" w:rsidR="005D2940" w:rsidRPr="00B221DD" w:rsidRDefault="005D2940" w:rsidP="00BE1C94">
       <w:pPr>
@@ -10462,91 +7652,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Авторлық үлестер</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E34DF55" w14:textId="5960F9BF" w:rsidR="00D27AB9" w:rsidRPr="00D27AB9" w:rsidRDefault="00D27AB9" w:rsidP="00B25146">
       <w:pPr>
         <w:pStyle w:val="MDPI62BackMatter"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D27AB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бірнеше авторы бар зерттеу мақалалары үшін олардың үлестерін көрсететін қысқа абзац берілуі керек. Келесі мәлімдемелерді пайдалану керек «</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">, X.X., Y.Y. және З.З.; формалды талдау, X.X.; </w:t>
+        <w:t xml:space="preserve">Бірнеше авторы бар зерттеу мақалалары үшін олардың үлестерін көрсететін қысқа абзац берілуі керек. Келесі мәлімдемелерді пайдалану керек «Концептуализация, X.X. және Y.Y.; әдістемесі, X.X.; бағдарламалық қамтамасыз ету, X.X.; валидация, X.X., Y.Y. және З.З.; формалды талдау, X.X.; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>зерттеу</w:t>
       </w:r>
       <w:r w:rsidRPr="00D27AB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, X.X.; ресурстар, X.X.; деректерді </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
@@ -10823,71 +7973,51 @@
       <w:r w:rsidR="002C2DDB" w:rsidRPr="00B25146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Қазақстан</w:t>
       </w:r>
       <w:r w:rsidR="002C2DDB" w:rsidRPr="00B25146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 010000; </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">, 010000; email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="002C2DDB" w:rsidRPr="00B25146">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>beisembayev_as@enu.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002C2DDB" w:rsidRPr="00B25146">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="002C2DDB" w:rsidRPr="00B25146">
           <w:rPr>
@@ -11445,147 +8575,51 @@
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00904BB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мақаланың мәтінінде, сондай-ақ кестелер мен тақырыпшаларда сілтемелер авторы мен жылы көрсетілген жақша ішінде берілуі керек, мысалы (</w:t>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> керек</w:t>
+        <w:t>Мақаланың мәтінінде, сондай-ақ кестелер мен тақырыпшаларда сілтемелер авторы мен жылы көрсетілген жақша ішінде берілуі керек, мысалы (Smith et al., 2009), библиографиялық стильге сәйкес APA-7-ші басылым. Мақаланың соңында пайдаланылған әдебиеттер тізімі АПА-7 басылымына сәйкес алфавиттік тәртіппен көздердің толық тізімін береді. Дереккөздер тізімі нөмірленуі керек</w:t>
       </w:r>
       <w:r w:rsidR="00173E33" w:rsidRPr="005F7129">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00173E33" w:rsidRPr="005F7129">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org/instructional-aids/reference-examples.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00173E33" w:rsidRPr="005F7129">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11655,3421 +8689,2105 @@
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Әдебиет тізімін</w:t>
       </w:r>
       <w:r w:rsidRPr="009D56D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> дайындау кезінде </w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> сияқты библиографиялық бағдарламалық құралды қолданған жөн. Бұл теру қателерін және қайталанатын жазбаларды қосуды болдырмауға көмектеседі. Барлық сілтемелер үшін қолжетімді жерде сандық нысан идентификаторын (DOI) қосыңыз</w:t>
+        <w:t xml:space="preserve"> дайындау кезінде EndNote, Mendeley Reference Manager немесе Zotero сияқты библиографиялық бағдарламалық құралды қолданған жөн. Бұл теру қателерін және қайталанатын жазбаларды қосуды болдырмауға көмектеседі. Барлық сілтемелер үшін қолжетімді жерде сандық нысан идентификаторын (DOI) қосыңыз</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:tag w:val="MENDELEY_CITATION_v3_eyJjaXRhdGlvbklEIjoiTUVOREVMRVlfQ0lUQVRJT05fOTk2ZWUxNzgtZDM5MS00YmUxLWI4ODgtMWM1MTZkNTFlZmE0IiwicHJvcGVydGllcyI6eyJub3RlSW5kZXgiOjB9LCJpc0VkaXRlZCI6ZmFsc2UsIm1hbnVhbE92ZXJyaWRlIjp7ImlzTWFudWFsbHlPdmVycmlkZGVuIjpmYWxzZSwiY2l0ZXByb2NUZXh0IjoiKEdlIGV0IGFsLiwgMjAyMzsgUHJva2hvcm92IGV0IGFsLiwgMjAxNjsgWmhhbmcgZXQgYWwuLCAyMDIzKSIsIm1hbnVhbE92ZXJyaWRlVGV4dCI6IiJ9LCJjaXRhdGlvbkl0ZW1zIjpbeyJpZCI6IjE1YjJhODNiLTg4N2ItMzFiNi04NDRkLTUwYWFkYjU2YTIxYiIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6IjE1YjJhODNiLTg4N2ItMzFiNi04NDRkLTUwYWFkYjU2YTIxYiIsInRpdGxlIjoiVHJhc2ggdG8gdHJlYXN1cmU6IFN1bGZvbmF0aW9uLWFzc2lzdGVkIHRyYW5zZm9ybWF0aW9uIG9mIHdhc3RlIG1hc2tzIGludG8gaGlnaC1wZXJmb3JtYW5jZSBjYXJib24gYW5vZGUgZm9yIHNvZGl1bS1pb24gYmF0dGVyaWVzIiwiYXV0aG9yIjpbeyJmYW1pbHkiOiJaaGFuZyIsImdpdmVuIjoiU2hhb2hvbmciLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJTdW4iLCJnaXZlbiI6Ik5pbmciLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJKaWFuZyIsImdpdmVuIjoiTWluZ2NoaSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlNvb21ybyIsImdpdmVuIjoiUmF6aXVtIEFsaSIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6Ilh1IiwiZ2l2ZW4iOiJCaW4iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJDYXJib24iLCJjb250YWluZXItdGl0bGUtc2hvcnQiOiJDYXJib24gTiBZIiwiRE9JIjoiMTAuMTAxNi9qLmNhcmJvbi4yMDIzLjExODAzNCIsIklTU04iOiIwMDA4NjIyMyIsImlzc3VlZCI6eyJkYXRlLXBhcnRzIjpbWzIwMjMsNiw1XV19LCJhYnN0cmFjdCI6IlRoZSBnbG9iYWwgcGFuZGVtaWMgb2YgQ09WSUQtMTkgcG9zZXMgc2lnbmlmaWNhbnQgY2hhbGxlbmdlIHRvIHRoZSByZWN5Y2xpbmcgb2YgZGlzcG9zYWJsZSBwb2x5cHJvcHlsZW5lIChQUCktYmFzZWQgd2FzdGUgbWFza3MuIEhlcmVpbiwgYSBzaW1wbGUgYnV0IGVmZmVjdGl2ZSBzdWxmb25hdGlvbiByb3V0ZSBoYXMgYmVlbiBwcm9wb3NlZCB0byB0cmFuc2Zvcm0gUFAtYmFzZWQgd2FzdGUgbWFza3MgaW50byB2YWx1ZS1hZGRlZCBoYXJkIGNhcmJvbiAoQ00pIGFub2RlIG1hdGVyaWFscyBmb3IgYWR2YW5jZWQgc29kaXVtLWlvbiBiYXR0ZXJpZXMuIFRoZSBzdWxmb25hdGlvbiB0cmVhdG1lbnQgaW1wcm92ZXMgdGhlIHRoZXJtYWwgc3RhYmlsaXR5IG9mIHRoZSBQUCBtb2xlY3VsZSwgcHJldmVudGluZyB0aGVpciBjb21wbGV0ZSBkZWNvbXBvc2l0aW9uIGFuZCB0aGUgcmVsZWFzZSBvZiBtYXNzaXZlIGdhcyBtb2xlY3VsZXMgZHVyaW5nIHRoZSBjYXJib25pemF0aW9uIHByb2Nlc3MuIE1lYW53aGlsZSwgdGhlIG94eWdlbiBmdW5jdGlvbmFsIGdyb3VwcyBpbnRyb2R1Y2VkIGR1cmluZyBzdWxmb25hdGlvbiBlZmZlY3RpdmVseSBmYWNpbGl0YXRlcyB0aGUgY3Jvc3MtbGlua2luZyBiZXR3ZWVuIHRoZSBQUCBjaGFpbnMsIGhpbmRlcmluZyB0aGUgcmVhcnJhbmdlbWVudCBvZiBjYXJib24gbWljcm9jcnlzdGFsbGluZSBzdHJ1Y3R1cmVzIGFuZCBlbmhhbmNpbmcgaXRzIHN0cnVjdHVyYWwgZGlzb3JkZXIuIEFzIGEgcmVzdWx0LCB0aGUgcHJlcGFyZWQgaGFyZCBjYXJib24gYW5vZGUgKENNLTE4MCkgd2l0aCBhIGhpZ2ggZGlzb3JkZXIgZGVncmVlIGFuZCBtaW5pbWFsIHN1cmZhY2UgZGVmZWN0cyByZWFsaXplcyBhIGhpZ2ggc29kaXVtIHN0b3JhZ2UgY2FwYWNpdHkgb2YgMzI3LjQgbUFoIGfiiJIxIHdpdGggZXhjZWxsZW50IGN5Y2xlIGFuZCByYXRlIGNhcGFiaWxpdHkuIEluIGFkZGl0aW9uLCB3aGVuIGNvdXBsZWQgd2l0aCBPM+KAk05hTmkxLzNGZTEvM01uMS8zTzIgY2F0aG9kZSwgdGhlIGZhYnJpY2F0ZWQgc29kaXVtLWlvbiBmdWxsIGNlbGwgZGVsaXZlcnMgYSBoaWdoIGVuZXJneSBkZW5zaXR5IG9mIDIzOCBXaCBrZ+KIkjEgYW5kIGFjaGlldmVzIGFuIG91dHN0YW5kaW5nIHJhdGUgY2FwYWJpbGl0eSB3aXRoIGEgcmV0YWluZWQgY2FwYWNpdHkgb2YgNzUgbUFoIGfiiJIxIGV2ZW4gYXQgYW4gdWx0cmFoaWdoIGN1cnJlbnQgcmF0ZSBvZiA1MCBDLiBUaGlzIHdvcmsgb2ZmZXJzIGEgbm92ZWwgaW5zaWdodCBpbnRvIHRyYW5zZm9ybWluZyB0aGUgd2FzdGUgbWFza3MgdG8gdmFsdWUtYWRkZWQgaGFyZCBjYXJib25zIHdpdGggcHJvbWlzaW5nIHByb3NwZWN0cyBmb3Igc29kaXVtLWlvbiBiYXR0ZXJpZXMuIiwicHVibGlzaGVyIjoiRWxzZXZpZXIgTHRkIiwidm9sdW1lIjoiMjA5In0sImlzVGVtcG9yYXJ5IjpmYWxzZX0seyJpZCI6IjVjZmRmMWE5LTE2YTYtMzQ2NC1iNDM2LTFlOWJjYjVhZjFjOCIsIml0ZW1EYXRhIjp7InR5cGUiOiJhcnRpY2xlLWpvdXJuYWwiLCJpZCI6IjVjZmRmMWE5LTE2YTYtMzQ2NC1iNDM2LTFlOWJjYjVhZjFjOCIsInRpdGxlIjoiUHJvdG9uIGNvbmR1Y3Rpdml0eSBhbmQgcmVsYXhhdGlvbiBwcm9wZXJ0aWVzIG9mIGNoaXRvc2FuLWFjZXRhdGUgZmlsbXMiLCJhdXRob3IiOlt7ImZhbWlseSI6IlByb2tob3JvdiIsImdpdmVuIjoiRS4iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJMdW5hLULDoXJjZW5hcyIsImdpdmVuIjoiRy4iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJHb256w6FsZXotQ2FtcG9zIiwiZ2l2ZW4iOiJKLiBCLiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IktvdmFsZW5rbyIsImdpdmVuIjoiWXUiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJHYXJjw61hLUNhcnZhamFsIiwiZ2l2ZW4iOiJaLiBZLiIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6Ik1vdGEtTW9yYWxlcyIsImdpdmVuIjoiSi4iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn1dLCJjb250YWluZXItdGl0bGUiOiJFbGVjdHJvY2hpbWljYSBBY3RhIiwiY29udGFpbmVyLXRpdGxlLXNob3J0IjoiRWxlY3Ryb2NoaW0gQWN0YSIsIkRPSSI6IjEwLjEwMTYvai5lbGVjdGFjdGEuMjAxNi4wOC4xNDgiLCJJU1NOIjoiMDAxMzQ2ODYiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDE2LDEwLDEwXV19LCJwYWdlIjoiNjAwLTYwOCIsImFic3RyYWN0IjoiVGhlIGVmZmVjdCBvZiBhcXVlb3VzIGFjZXRpYyBhY2lkIHNvbHV0aW9uIGNvbmNlbnRyYXRpb24gZHVyaW5nIHRoZSBwcmVwYXJhdGlvbiBvZiBjaGl0b3Nhbi1hY2V0YXRlIChDUy1hY2V0YXRlKSBmaWxtcyBvbiB0aGUgY29uZHVjdGl2aXR5IGFuZCByZWxheGF0aW9uIHByb3BlcnRpZXMgd2VyZSBzdHVkaWVkIGJ5IGRpZWxlY3RyaWMgYW5kIEZUSVIgc3BlY3Ryb3Njb3BpZXMsIFRHQSBtZWFzdXJlbWVudHMgYW5kIFgtUmF5IGRpZmZyYWN0aW9uLiBBbmFseXNlcyBvZiB0aGUgZXhwZXJpbWVudGFsIHJlc3VsdHMgb24gdGhlIGRlZ3JlZSBvZiBkZWFjZXR5bGF0aW9uLCB3YXRlciBhYnNvcnB0aW9uLCBjb25kdWN0aXZpdHksIFZvZ2VsIHRlbXBlcmF0dXJlIGFuZCBhY3RpdmF0aW9uIGVuZXJneSBkZW1vbnN0cmF0ZSBhIHN0cm9uZyBkZXBlbmRlbmNlIG9mIHRoZXNlIHBhcmFtZXRlcnMgb24gdGhlIGNvbmNlbnRyYXRpb24gb2YgdGhlIGFjaWQgYWNldGljIHNvbHV0aW9ucyBmcm9tIHdoaWNoIHRoZSBmaWxtcyBoYXZlIGJlZW4gb2J0YWluZWQuIFRoZSBwcm90b24gY29uZHVjdGl2aXR5IGFuZCByZWxheGF0aW9uIHByb3BlcnRpZXMgb2YgQ1MtYWNldGF0ZSBmaWxtcyBoYXZlIGJlZW4gaW50ZXJwcmV0ZWQgdXNpbmcgdHdvIEdyb3R0aHVzcyDigJxzdHJ1Y3R1cmFsIGRpZmZ1c2lvbuKAnSBhbmQg4oCccGFjay1hY2lk4oCdIG1lY2hhbmlzbXMuIFRoZSB0cmFuc2Zvcm1hdGlvbiBiZXR3ZWVuIHRoZXNlIHR3byBtZWNoYW5pc21zIG9ic2VydmVkIGF0IHRlbXBlcmF0dXJlIGhpZ2hlciB0aGFuIENTLWFjZXRhdGUgZ2xhc3MgdHJhbnNpdGlvbiB0ZW1wZXJhdHVyZSBpcyBkdWUgdG8gYW4gaW5jcmVhc2UgaW4gdGhlIHRoZXJtYWwgbW90aW9uIG9mIENTIGNoYWlucywgd2F0ZXIgZXZhcG9yYXRpb24sIGh5ZHJvZ2VuIGJvbmQgYmV0d2VlbiB3YXRlciBtb2xlY3VsZXMgYW5kIHNpZGUgZ3JvdXBzIG9mIENTIGJyZWFraW5nIGFuZCBmb3JtYXRpb24gb2YgbmV3IGJvbmRzIGJldHdlZW4gTkgzKyBhbmQgYWNldGF0ZSBpb25zLiBBZGRpdGlvbmFsbHksIGFwcGxpY2F0aW9uIG9mIHRoZSBSaWNlIGFuZCBSb3RoIG1vZGVsIGFsbG93ZWQgZXN0aW1hdGluZyB0aGUgdGVtcGVyYXR1cmUgZGVwZW5kZW5jZSBvZiBwcm90b24gbnVtYmVyIGFuZCB0aGVpciBtb2JpbGl0eSBpbiBDUy1hY2V0YXRlIGZpbG1zLiBBIHN5c3RlbWF0aWMgaW50ZXJwcmV0YXRpb24gb24gdGhlIGFwcHJvcHJpYXRlIGNvbmR1Y3Rpdml0eSBtZWNoYW5pc20gd2lsbCBoZWxwIHRyaWdnZXIgdGhlIGRlc2lnbiBvZiBzbWFydCBtYXRlcmlhbHMgdXNlZCBpbiBmbGV4aWJsZSBlbGVjdHJvbmljLCBzb2xpZCBwb2x5bWVyIGVsZWN0cm9seXRlcyBmb3IgZnVlbCBjZWxscyBhbmQgc29saWQgcG9seW1lciBiYXR0ZXJpZXMgYmFzZWQgb24gQ1MtYWNldGF0ZSBmaWxtcy4iLCJwdWJsaXNoZXIiOiJFbHNldmllciBMdGQiLCJ2b2x1bWUiOiIyMTUifSwiaXNUZW1wb3JhcnkiOmZhbHNlfSx7ImlkIjoiZDg0Njc4NGYtYzU0Ni0zMzIzLThiMDUtNWIwNmI4MDdjNzU0IiwiaXRlbURhdGEiOnsidHlwZSI6ImFydGljbGUtam91cm5hbCIsImlkIjoiZDg0Njc4NGYtYzU0Ni0zMzIzLThiMDUtNWIwNmI4MDdjNzU0IiwidGl0bGUiOiJJbnNpZ2h0IGludG8gdGhlIGFkc29ycHRpb24gbWVjaGFuaXNtIGJldHdlZW4gY2hpdG9zYW4gYW5kIGthb2xpbml0ZSBzdXJmYWNlIGJ5IGRlbnNpdHkgZnVuY3Rpb25hbCB0aGVvcnkgY2FsY3VsYXRpb24iLCJhdXRob3IiOlt7ImZhbWlseSI6IkdlIiwiZ2l2ZW4iOiJXZWkiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJNYW8iLCJnaXZlbiI6IkhlbmdoZW5nIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiTGluZyIsImdpdmVuIjoiWXVuamlhIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9LHsiZmFtaWx5IjoiTWluIiwiZ2l2ZW4iOiJGYW5mZWkiLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJDaGVuIiwiZ2l2ZW4iOiJKdW4iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJMaXUiLCJnaXZlbiI6Ikxpbmd5dW4iLCJwYXJzZS1uYW1lcyI6ZmFsc2UsImRyb3BwaW5nLXBhcnRpY2xlIjoiIiwibm9uLWRyb3BwaW5nLXBhcnRpY2xlIjoiIn0seyJmYW1pbHkiOiJaaGFuZyIsImdpdmVuIjoiWW9uZyIsInBhcnNlLW5hbWVzIjpmYWxzZSwiZHJvcHBpbmctcGFydGljbGUiOiIiLCJub24tZHJvcHBpbmctcGFydGljbGUiOiIifSx7ImZhbWlseSI6IlNvbmciLCJnaXZlbiI6IlNoYW94aWFuIiwicGFyc2UtbmFtZXMiOmZhbHNlLCJkcm9wcGluZy1wYXJ0aWNsZSI6IiIsIm5vbi1kcm9wcGluZy1wYXJ0aWNsZSI6IiJ9XSwiY29udGFpbmVyLXRpdGxlIjoiQ2hlbWljYWwgUGh5c2ljcyIsImNvbnRhaW5lci10aXRsZS1zaG9ydCI6IkNoZW0gUGh5cyIsImFjY2Vzc2VkIjp7ImRhdGUtcGFydHMiOltbMjAyNCw4LDhdXX0sIkRPSSI6IjEwLjEwMTYvSi5DSEVNUEhZUy4yMDIzLjExMjA2OSIsIklTU04iOiIwMzAxLTAxMDQiLCJpc3N1ZWQiOnsiZGF0ZS1wYXJ0cyI6W1syMDIzLDExLDFdXX0sInBhZ2UiOiIxMTIwNjkiLCJhYnN0cmFjdCI6IlRoZSBpbnRlcmFjdGlvbiBiZXR3ZWVuIGNoaXRvc2FuIGFuZCBrYW9saW5pdGUgaGFzIGFuIGltcG9ydGFudCBpbmZsdWVuY2Ugb24gdGhlIHBlcmZvcm1hbmNlIG9mIHRoZWlyIGNvbXBvc2l0ZXMsIHRoZSBhZHNvcnB0aW9uIG1lY2hhbmlzbSBvZiBjaGl0b3NhbiBvbnRvIGthb2xpbml0ZSBzdXJmYWNlIHdhcyBpbnZlc3RpZ2F0ZWQgYnkgZGVuc2l0eSBmdW5jdGlvbmFsIHRoZW9yeSAoREZUKSBjYWxjdWxhdGlvbi4gVGhlIHJlc3VsdHMgc2hvdyB0aGF0IHRoZSBhZHNvcnB0aW9uIGVuZXJnaWVzIG9mIGNoaXRvc2FuIGhhdmUgc2lnbmlmaWNhbnQgZGlmZmVyZW5jZSBvbiBkaWZmZXJlbnQga2FvbGluaXRlIHN1cmZhY2VzLCBidXQgaGFzIGZldyBkaWZmZXJlbmNlIGF0IGRpZmZlcmVudCBzaXRlcyBvbiB0aGUgc2FtZSBrYW9saW5pdGUgc3VyZmFjZS4gQ2hpdG9zYW4gc3RydWN0dXJhbCB1bml0IGNhbiBpbnRlcmFjdCBzdGFibGVseSB3aXRoIGthb2xpbml0ZSAoMDAxKSBzdXJmYWNlIHRocm91Z2ggdHdvIHN0cm9uZyBoeWRyb2dlbiBib25kcyBhbmQgdHdvIG1vZGVyYXRlbHkgc3Ryb25nIGh5ZHJnZW9uIGJvbmRzLCBhbmQgdGhlIGh5ZHJnZW9uIGJvbmQgZm9ybWVkIGJldHdlZW4gdGhlIE4gYXRvbSBvZiBjaGl0b3NhbiBhbmQgSCBhdG9tIG9mIGh5ZHJveHlsIGdyb3VwIGlzIHRoZSBzdHJvbmdlc3QuIEhvd2V2ZXIsIHRoZSBpbnRlcmFjdGlvbiBiZXR3ZWVuIGNoaXRvc2FuIGFuZCBrYW9saW5pdGUoMDAxwq8pIHN1cmZhY2UgaXMgdGhyb3VnaCB0d28gd2VhayBoeWRyb2dlbiBib25kcyBiZXR3ZWVuIHRoZSBIKE4tSCwgTy1IKSBhdG9tcyBvbiBjaGl0b3NhbiBhbmQgTyBhdG9tcyBvbiBrYW9saW5pdGUoMDAxwq8pIHN1cmZhY2UuIFRoZSBzdHJ1Y3R1cmFsIGRpZmZlcmVuY2UgYmV0d2VlbiBrYW9saW5pdGUgKDAwMSkgYW5kICgwMDHCrykgc3VyZmFjZSBpcyB0aGUgbWFpbiByZWFzb24gZm9yIHRoZSBvYnZpb3VzIGRpZmZlcmVuY2UgaW4gdGhlaXIgaW50ZXJhY3Rpb24gd2l0aCBjaGl0b3Nhbi4iLCJwdWJsaXNoZXIiOiJOb3J0aC1Ib2xsYW5kIiwidm9sdW1lIjoiNTc1In0sImlzVGVtcG9yYXJ5IjpmYWxzZX1dfQ=="/>
           <w:id w:val="-1689599917"/>
           <w:placeholder>
             <w:docPart w:val="A46B8E98F71C6643B0C010AB462B6691"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="000F5E6F" w:rsidRPr="000F5E6F">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
-            <w:t>(</w:t>
-[...179 lines deleted...]
-            <w:t>., 2023)</w:t>
+            <w:t>(Ge et al., 2023; Prokhorov et al., 2016; Zhang et al., 2023)</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="009D56D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4326005A" w14:textId="77777777" w:rsidR="00D83351" w:rsidRDefault="009D56D3" w:rsidP="00D83351">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D56D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Қосымша </w:t>
       </w:r>
       <w:r w:rsidRPr="00D83351">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>материалдардағы сілтемелер мен сілтемелер, егер олар осы жерде сілтемелер тізімінде болса, рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F0190D" w14:textId="77777777" w:rsidR="00D83351" w:rsidRDefault="00D83351" w:rsidP="00D83351">
+    <w:p w14:paraId="1CB630B5" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="005465B3" w:rsidRDefault="00090BF9" w:rsidP="005465B3">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25F9B692" w14:textId="26D7B50D" w:rsidR="00D83351" w:rsidRDefault="009D56D3" w:rsidP="00B25146">
+    <w:p w14:paraId="30E28E25" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="005465B3" w:rsidRDefault="005465B3" w:rsidP="005465B3">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D83351">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Әдебиет</w:t>
       </w:r>
-      <w:r w:rsidR="00B221DD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>тер тізімі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D5502EE" w14:textId="77777777" w:rsidR="00D83351" w:rsidRDefault="009D56D3" w:rsidP="00D83351">
+    <w:p w14:paraId="7E73F223" w14:textId="77777777" w:rsidR="005465B3" w:rsidRDefault="005465B3" w:rsidP="005465B3">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D83351">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Журналда жарық көрген мақала</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="343F4A85" w14:textId="4599726D" w:rsidR="00D83351" w:rsidRPr="00D83351" w:rsidRDefault="00A6159F" w:rsidP="00A6159F">
+    <w:p w14:paraId="6C180A18" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Niepel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...193 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hausen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00407730" w:rsidRPr="00D83351">
-[...7 lines deleted...]
-      <w:r w:rsidR="00407730" w:rsidRPr="00D83351">
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Weber</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Moller</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (2025). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Understanding mean-level and intraindividual variability in state academic self-concept: The role of students’ trait expectancies and values. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Chem Phys</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 575, 112069. </w:t>
+        <w:t>Journal of Educational Phychology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 117(5), 772-788. </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00407730" w:rsidRPr="00D83351">
+        <w:r w:rsidRPr="00137E65">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>https://doi.org/10.1016/J.CHEMPHYS.2023.112069</w:t>
+          <w:t>https://doi.org/10.1037/edu000094</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E597CB5" w14:textId="5C960AEA" w:rsidR="00407730" w:rsidRPr="00D83351" w:rsidRDefault="00A6159F" w:rsidP="00A6159F">
+    <w:p w14:paraId="71483992" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Electrochim</w:t>
-[...30 lines deleted...]
-      </w:hyperlink>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="399C7347" w14:textId="77777777" w:rsidR="00705BDB" w:rsidRPr="00D83351" w:rsidRDefault="00705BDB" w:rsidP="00B25146">
+    <w:p w14:paraId="7AD583CE" w14:textId="05D57F70" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кітап</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2FA49E33" w14:textId="77777777" w:rsidR="00D83351" w:rsidRPr="00D83351" w:rsidRDefault="009D56D3" w:rsidP="00D83351">
+    <w:p w14:paraId="6C2E7A15" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...343 lines deleted...]
-        <w:r w:rsidR="00A0689C" w:rsidRPr="00D83351">
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2. Levenson, H., Jinich, S., Vaz, A., &amp; Rousmaniere, T. (2025). Deliberate practice in emotionally focused couple therapy. American Physichological Association. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00137E65">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>https://apastyle.apa.org/instructional-aids/reference-examples.pdf</w:t>
+          <w:t>https://doi.org/10.1037/0000436-000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4AE26CF7" w14:textId="77777777" w:rsidR="00D83351" w:rsidRPr="00B221DD" w:rsidRDefault="00D83351" w:rsidP="00D83351">
+    <w:p w14:paraId="4E0E6865" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5255E139" w14:textId="77777777" w:rsidR="00D83351" w:rsidRPr="00B221DD" w:rsidRDefault="00B76ED5" w:rsidP="00D83351">
+    <w:p w14:paraId="19C7D2C5" w14:textId="250E4F50" w:rsidR="005465B3" w:rsidRPr="005465B3" w:rsidRDefault="005465B3" w:rsidP="005465B3">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...399 lines deleted...]
-        <w:t>:</w:t>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітап тарауы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F76A63A" w14:textId="27F48CE5" w:rsidR="00D83351" w:rsidRPr="00B221DD" w:rsidRDefault="00A6159F" w:rsidP="00D83351">
+    <w:p w14:paraId="21ED8E82" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Zeleke, W. A., Hughes, T. L., &amp; Drozda, N. (2020). Home-school collaboration to promote mind-body health. In C. Maykel &amp; M. A. Bray (Eds.), Promoting ming-body health in schools: Interventions for mental health professionals (pp. 11-26). American Phychological Association. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1037/0000157-002</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3180DAE2" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3759D8C8" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Конференция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CDE51D7" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Davidson, R. J. (2019, August 8-11). Well-being is a skill [Conference session]. APA 2019 Convention, Chicago, IL, United State. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://irp-cdn.multiscreensite.com/a5ea5d51/files/uploaded/APA2019_Program_190708.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="47F66F22" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="541256DF" w14:textId="60CA830A" w:rsidR="005465B3" w:rsidRPr="005465B3" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басқа басылымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9B9BF3" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. World Health Organization. (2025). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Global report on neglected tropical diseases</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://iris.who.int/server/api/core/bitstreams/9c4655d8-3671-4503-ae51-4a80bb44d5e0/content</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="12BAAB8C" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Winthrop, R., Ziegler, L., Handa, R., &amp; Fakoya, F. (2019). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>How playful learning can help leapfrog progress in education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Center for Universal Education at Brookings. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://www.brookings.edu/wp-content/uploads/2019/04/how</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> playful learning can help leapfrog progress in education.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E53CD6A" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. American Psychological Association. (2024, April 11). People who use willpower alone to achieve goals, resist temptation, deemed more trustworthy [Press release]. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00137E65">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://www.apa.org/news/press/releases/2024/04/people-who-use-willpower</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0FFC0DCA" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00137E65" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53A9AD49" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="005465B3" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Диссертаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05816E0C" w14:textId="1C3FCF40" w:rsidR="005465B3" w:rsidRPr="005465B3" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9. Horvath-Plyman, M. (2018). Social media and the college student journey: An examination of how social media use impacts social capital and affects college choice, access, and transition (Publication No. 10937367) [Doctoral dissertation, New York University]. ProQuest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dissertations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Theses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Global</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00137E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B07884" w14:textId="77777777" w:rsidR="005465B3" w:rsidRDefault="005465B3" w:rsidP="00D83351">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33E9CF37" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="005465B3" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қосымша мысалдарды, соның ішінде авторлық кітаптарды, өңделген кітап тарауларын, конференция сессиясын, дерекқордан диссертацияны, веб-беттерді және т.б. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D83351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рәсімдеу мысалдарын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сілтеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D83351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша өтіп </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қараңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D83351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="005465B3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>https://apastyle.apa.org/instructional-aids/reference-examples.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2BBF455A" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="005465B3" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63D45566" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="005465B3" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Авторлар қазақ немесе орыс тілдеріндегі түпнұсқа шығармаларға (көздеріне) сілтеме жасаған жағдайда, төменде көрсетілгендей олардың транслитерациясын қамтамасыз ететін библиографиялық мәліметтерді ұсынуы керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DD23BD" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="00B221DD" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...228 lines deleted...]
-        <w:r w:rsidR="00043B60" w:rsidRPr="00D83351">
+      <w:r w:rsidRPr="00D83351">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Beisembaev, В.B., Kunaev, A.M., Kenzhaliev, В.K. (1998). Theory and practice of heap’s leaching of copper (Teorija i praktika kuchnogo vyshhelachivanija medi in Russian), 1st ed. Gylym, Almaty. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00D83351">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/galym.1998.08.148</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00043B60" w:rsidRPr="00D83351">
+      <w:r w:rsidRPr="00D83351">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11061365" w14:textId="77777777" w:rsidR="00D83351" w:rsidRPr="00B221DD" w:rsidRDefault="00D83351" w:rsidP="00D83351">
+    <w:p w14:paraId="4690967B" w14:textId="77777777" w:rsidR="005465B3" w:rsidRPr="005465B3" w:rsidRDefault="005465B3" w:rsidP="005465B3">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07E783D7" w14:textId="23CC8E61" w:rsidR="00090BF9" w:rsidRPr="005465B3" w:rsidRDefault="00090BF9" w:rsidP="00090BF9">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005465B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келесі мәліметтер ағылшын тілінде берілуі керек.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6B30962D" w14:textId="4F40B798" w:rsidR="00D83351" w:rsidRDefault="00D83351" w:rsidP="00D83351">
+    <w:p w14:paraId="57B98C52" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="005465B3" w:rsidRDefault="00090BF9" w:rsidP="00090BF9">
+      <w:pPr>
+        <w:pStyle w:val="MDPI71References"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04490EFE" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="00AC14AA" w:rsidRDefault="00090BF9" w:rsidP="00090BF9">
+      <w:pPr>
+        <w:pStyle w:val="MDPI12title"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D0DAA7" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="004268DB" w:rsidRDefault="00090BF9" w:rsidP="00090BF9">
+      <w:pPr>
+        <w:pStyle w:val="MDPI13authornames"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Firstname Lastname, Firstname Lastname and Firstname Lastname</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4460EADF" w14:textId="05B0D2D7" w:rsidR="00090BF9" w:rsidRPr="00AC14AA" w:rsidRDefault="00090BF9" w:rsidP="00090BF9">
+      <w:pPr>
+        <w:pStyle w:val="MDPI17abstract"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Abstract: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An abstract for research articles should concisely summarise the study within a paragraph of no more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23DAF" w:rsidRPr="00C23DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00887242">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>00 words</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Authors are encouraged to adopt a structured format without using specific headings. The abstract must objectively reflect the article's content and should not include results not discussed or supported in the main text. Additionally, it should avoid overstating the main conclusions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551F3B50" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRDefault="00090BF9" w:rsidP="00090BF9">
+      <w:pPr>
+        <w:pStyle w:val="MDPI18keywords"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A3355CA" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="00AC14AA" w:rsidRDefault="00090BF9" w:rsidP="00090BF9">
+      <w:pPr>
+        <w:pStyle w:val="MDPI18keywords"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keywords: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">keyword 1; keyword 2; keyword 3 (List </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>three to ten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC14AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pertinent keywords specific to the article yet reasonably common within the subject discipline)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409CC61C" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="00B3612C" w:rsidRDefault="00090BF9" w:rsidP="00D83351">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DB9BBA0" w14:textId="77777777" w:rsidR="00D83351" w:rsidRDefault="00D83351" w:rsidP="00D83351">
+    <w:p w14:paraId="25EDD965" w14:textId="51C9C2FA" w:rsidR="00090BF9" w:rsidRPr="00B3612C" w:rsidRDefault="00090BF9" w:rsidP="00D83351">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00090BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3612C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00090BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3612C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00090BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3612C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00090BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3612C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00090BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>берілуі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3612C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00090BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3612C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5CCF70BB" w14:textId="173D5EA0" w:rsidR="007727F9" w:rsidRPr="00B3612C" w:rsidRDefault="00A6159F" w:rsidP="00D83351">
+    <w:p w14:paraId="5C4A058A" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="00B3612C" w:rsidRDefault="00090BF9" w:rsidP="00D83351">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EF7ABF4" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="002567EF" w:rsidRDefault="00090BF9" w:rsidP="00090BF9">
+      <w:pPr>
+        <w:pStyle w:val="MDPI12title"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...36 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Название</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00090BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>статьи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8C82F5" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="002567EF" w:rsidRDefault="00090BF9" w:rsidP="00090BF9">
+      <w:pPr>
+        <w:pStyle w:val="MDPI13authornames"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00223345">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...259 lines deleted...]
-        <w:t xml:space="preserve">32 </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397538F5" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="00B3612C" w:rsidRDefault="00090BF9" w:rsidP="00D83351">
+    <w:p w14:paraId="1F88F09C" w14:textId="54FC14E5" w:rsidR="00090BF9" w:rsidRPr="00090BF9" w:rsidRDefault="00090BF9" w:rsidP="00090BF9">
+      <w:pPr>
+        <w:pStyle w:val="MDPI17abstract"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аннотация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аннотация для научных статей должна кратко резюмировать исследование в абзаце </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>00 слов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Авторам рекомендуется использовать структурированный формат без использования конкретных заголовков. Аннотация должна объективно отражать содержание статьи и не должна включать результаты, которые не обсуждаются или не поддерживаются в основном тексте. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00090BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кроме того, она должна избегать преувеличения основных выводов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63835109" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="00090BF9" w:rsidRDefault="00090BF9" w:rsidP="00090BF9">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CB630B5" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="00B3612C" w:rsidRDefault="00090BF9" w:rsidP="00D83351">
+    <w:p w14:paraId="3FC8A13C" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="00796A78" w:rsidRDefault="00090BF9" w:rsidP="00090BF9">
+      <w:pPr>
+        <w:pStyle w:val="MDPI18keywords"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ключевые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>слова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ключевое слово 1; ключевое слово 2; ключевое слово 3 (перечислите </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002567EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от трех до десяти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующих ключевых слов, относящихся к статье, но достаточно распространенных в рамках предметной области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F35D34A" w14:textId="77777777" w:rsidR="00090BF9" w:rsidRPr="00090BF9" w:rsidRDefault="00090BF9" w:rsidP="00D83351">
       <w:pPr>
         <w:pStyle w:val="MDPI71References"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB"/>
-[...905 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00090BF9" w:rsidRPr="00090BF9" w:rsidSect="00E259E6">
-      <w:headerReference w:type="even" r:id="rId21"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId26"/>
+      <w:headerReference w:type="even" r:id="rId26"/>
+      <w:headerReference w:type="default" r:id="rId27"/>
+      <w:footerReference w:type="even" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
+      <w:headerReference w:type="first" r:id="rId30"/>
+      <w:footerReference w:type="first" r:id="rId31"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="1021" w:footer="340" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="425"/>
       <w:titlePg/>
       <w:bidi/>
       <w:docGrid w:type="lines" w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BB3A602" w14:textId="77777777" w:rsidR="00415F4A" w:rsidRDefault="00415F4A" w:rsidP="00FD5E78">
+    <w:p w14:paraId="120E33BB" w14:textId="77777777" w:rsidR="009536FC" w:rsidRDefault="009536FC" w:rsidP="00FD5E78">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E622DC3" w14:textId="77777777" w:rsidR="00415F4A" w:rsidRDefault="00415F4A" w:rsidP="00FD5E78">
+    <w:p w14:paraId="3D106C73" w14:textId="77777777" w:rsidR="009536FC" w:rsidRDefault="009536FC" w:rsidP="00FD5E78">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
@@ -15220,228 +10938,202 @@
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="55C6A848" w14:textId="43F619FF" w:rsidR="00217836" w:rsidRPr="00F44E5A" w:rsidRDefault="00217836" w:rsidP="001C3497">
     <w:pPr>
       <w:pStyle w:val="MDPIfooterfirstpage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8845"/>
         <w:tab w:val="right" w:pos="10466"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5ECCDAA0" w14:textId="77777777" w:rsidR="00415F4A" w:rsidRDefault="00415F4A" w:rsidP="00FD5E78">
+    <w:p w14:paraId="1F4FD21A" w14:textId="77777777" w:rsidR="009536FC" w:rsidRDefault="009536FC" w:rsidP="00FD5E78">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="691FECE5" w14:textId="77777777" w:rsidR="00415F4A" w:rsidRDefault="00415F4A" w:rsidP="00FD5E78">
+    <w:p w14:paraId="5DD00CC9" w14:textId="77777777" w:rsidR="009536FC" w:rsidRDefault="009536FC" w:rsidP="00FD5E78">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01280269" w14:textId="77777777" w:rsidR="00217836" w:rsidRDefault="00217836" w:rsidP="00975B88">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70559C72" w14:textId="56E26616" w:rsidR="00802C4B" w:rsidRDefault="001C7426" w:rsidP="00802C4B">
     <w:pPr>
       <w:pStyle w:val="MDPIfooterfirstpage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8845"/>
         <w:tab w:val="right" w:pos="10466"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t>Л</w:t>
     </w:r>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t>Н</w:t>
     </w:r>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
       </w:rPr>
-      <w:t>.</w:t>
-[...6 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">. </w:t>
     </w:r>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t>Гумилев</w:t>
     </w:r>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t>атындағы</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t>Еуразия</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t>ұлттық</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t>университетінің</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
       <w:t xml:space="preserve"> хабаршысы. </w:t>
     </w:r>
     <w:r w:rsidRPr="001C7426">
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">Химия. География. Экология </w:t>
+      <w:t>Химия. География. Экология серияс</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00A93B4D">
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
       <w:t>ы</w:t>
     </w:r>
     <w:r w:rsidR="00A93B4D">
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="00A93B4D">
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00802C4B">
@@ -15450,83 +11142,74 @@
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t>2025</w:t>
     </w:r>
     <w:r w:rsidR="00A93B4D">
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:r w:rsidR="00802C4B">
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>150(1)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="466A7B0A" w14:textId="3CF696EB" w:rsidR="001C7426" w:rsidRPr="001C7426" w:rsidRDefault="00C23DAF" w:rsidP="001C7426">
+  <w:p w14:paraId="466A7B0A" w14:textId="3CF696EB" w:rsidR="001C7426" w:rsidRPr="001C7426" w:rsidRDefault="009536FC" w:rsidP="001C7426">
     <w:pPr>
       <w:pStyle w:val="MDPIfooterfirstpage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8845"/>
         <w:tab w:val="right" w:pos="10466"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="009536FC">
       <w:rPr>
         <w:i/>
         <w:noProof/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
-    </w:r>
-[...8 lines deleted...]
-      <w:pict w14:anchorId="5F30A3F9">
+      <w:pict w14:anchorId="2593FA2F">
         <v:rect id="_x0000_i1025" alt="" style="width:451.3pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14540F01" w14:textId="0B37BFEC" w:rsidR="00217836" w:rsidRPr="00802C4B" w:rsidRDefault="00217836" w:rsidP="00802C4B">
     <w:pPr>
       <w:pStyle w:val="MDPIfooterfirstpage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8845"/>
         <w:tab w:val="right" w:pos="10466"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
         <w:szCs w:val="16"/>
         <w:highlight w:val="yellow"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
@@ -16113,266 +11796,272 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="371614762">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1001932328">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="196816644">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1173033010">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="850028631">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="118"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="191"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FD5E78"/>
     <w:rsid w:val="00002A15"/>
     <w:rsid w:val="000136EC"/>
     <w:rsid w:val="00020B2F"/>
     <w:rsid w:val="000279AA"/>
     <w:rsid w:val="00043B60"/>
     <w:rsid w:val="0005000E"/>
+    <w:rsid w:val="0005084D"/>
     <w:rsid w:val="00051BF1"/>
     <w:rsid w:val="00052BF6"/>
     <w:rsid w:val="000539B3"/>
     <w:rsid w:val="0008283A"/>
     <w:rsid w:val="00090BF9"/>
     <w:rsid w:val="000A76D1"/>
     <w:rsid w:val="000B676E"/>
     <w:rsid w:val="000C4BD0"/>
     <w:rsid w:val="000C5561"/>
     <w:rsid w:val="000E409F"/>
     <w:rsid w:val="000F5E6F"/>
     <w:rsid w:val="000F688C"/>
     <w:rsid w:val="00114009"/>
     <w:rsid w:val="00122CD0"/>
     <w:rsid w:val="0013728D"/>
     <w:rsid w:val="00140AE0"/>
     <w:rsid w:val="00145F06"/>
+    <w:rsid w:val="00165D59"/>
     <w:rsid w:val="00173E33"/>
     <w:rsid w:val="00183220"/>
     <w:rsid w:val="00186ED0"/>
     <w:rsid w:val="00195175"/>
     <w:rsid w:val="001A70C3"/>
     <w:rsid w:val="001A74CC"/>
     <w:rsid w:val="001C3C17"/>
+    <w:rsid w:val="001C3D91"/>
     <w:rsid w:val="001C3E5D"/>
     <w:rsid w:val="001C4368"/>
     <w:rsid w:val="001C7426"/>
     <w:rsid w:val="001D07CE"/>
     <w:rsid w:val="001D19F4"/>
     <w:rsid w:val="001E3B5B"/>
     <w:rsid w:val="0020109C"/>
     <w:rsid w:val="00201907"/>
     <w:rsid w:val="00201BEA"/>
     <w:rsid w:val="00217836"/>
     <w:rsid w:val="002208F6"/>
     <w:rsid w:val="00220C55"/>
     <w:rsid w:val="00232CD3"/>
     <w:rsid w:val="00242D54"/>
     <w:rsid w:val="00244CAE"/>
     <w:rsid w:val="002672FB"/>
     <w:rsid w:val="00277497"/>
     <w:rsid w:val="002825E9"/>
     <w:rsid w:val="00291B38"/>
     <w:rsid w:val="00291BA8"/>
     <w:rsid w:val="002A1461"/>
     <w:rsid w:val="002A7360"/>
     <w:rsid w:val="002B0B2E"/>
     <w:rsid w:val="002B1FE5"/>
     <w:rsid w:val="002B3D97"/>
     <w:rsid w:val="002C2DDB"/>
     <w:rsid w:val="002C7E35"/>
     <w:rsid w:val="002F2E6C"/>
     <w:rsid w:val="00326F46"/>
     <w:rsid w:val="00333B17"/>
     <w:rsid w:val="0034609A"/>
     <w:rsid w:val="00356EDD"/>
     <w:rsid w:val="00361E9E"/>
     <w:rsid w:val="003715A5"/>
     <w:rsid w:val="00371FDF"/>
     <w:rsid w:val="003748A9"/>
     <w:rsid w:val="003A05C2"/>
     <w:rsid w:val="003B4304"/>
     <w:rsid w:val="003C12A2"/>
     <w:rsid w:val="003C4AB6"/>
     <w:rsid w:val="003D18DF"/>
     <w:rsid w:val="003D22D8"/>
     <w:rsid w:val="003D46A3"/>
     <w:rsid w:val="003D6C86"/>
     <w:rsid w:val="003F0B84"/>
     <w:rsid w:val="003F661F"/>
     <w:rsid w:val="003F7782"/>
     <w:rsid w:val="004067EE"/>
     <w:rsid w:val="00407730"/>
     <w:rsid w:val="00407A85"/>
+    <w:rsid w:val="00410015"/>
     <w:rsid w:val="00410EF0"/>
     <w:rsid w:val="0041482B"/>
     <w:rsid w:val="00415F4A"/>
     <w:rsid w:val="004163F4"/>
     <w:rsid w:val="004230E1"/>
     <w:rsid w:val="00445B0F"/>
     <w:rsid w:val="00450A52"/>
     <w:rsid w:val="00455A16"/>
     <w:rsid w:val="00462E60"/>
     <w:rsid w:val="0046657F"/>
     <w:rsid w:val="00491332"/>
     <w:rsid w:val="00497EFE"/>
     <w:rsid w:val="004A2E7E"/>
     <w:rsid w:val="004B67E7"/>
     <w:rsid w:val="004B6CE0"/>
     <w:rsid w:val="004C538B"/>
     <w:rsid w:val="004F0CAF"/>
     <w:rsid w:val="004F4F00"/>
     <w:rsid w:val="00501E4A"/>
     <w:rsid w:val="00506085"/>
     <w:rsid w:val="00520833"/>
     <w:rsid w:val="005271E9"/>
     <w:rsid w:val="00535C01"/>
     <w:rsid w:val="00545EAA"/>
+    <w:rsid w:val="005465B3"/>
     <w:rsid w:val="005574BF"/>
     <w:rsid w:val="00565DD1"/>
     <w:rsid w:val="00572652"/>
     <w:rsid w:val="00572B73"/>
     <w:rsid w:val="0059265E"/>
     <w:rsid w:val="0059381B"/>
     <w:rsid w:val="005A4B8E"/>
     <w:rsid w:val="005B1078"/>
     <w:rsid w:val="005B2344"/>
     <w:rsid w:val="005B479A"/>
     <w:rsid w:val="005C0871"/>
     <w:rsid w:val="005C63EE"/>
     <w:rsid w:val="005C7E9F"/>
     <w:rsid w:val="005D2940"/>
     <w:rsid w:val="005D59CD"/>
     <w:rsid w:val="005F32A2"/>
     <w:rsid w:val="005F7129"/>
     <w:rsid w:val="00617265"/>
     <w:rsid w:val="006300C1"/>
     <w:rsid w:val="00637423"/>
     <w:rsid w:val="006466D6"/>
     <w:rsid w:val="006478A5"/>
     <w:rsid w:val="00653275"/>
     <w:rsid w:val="0066242A"/>
     <w:rsid w:val="00663CB9"/>
     <w:rsid w:val="00670B62"/>
     <w:rsid w:val="00676C1A"/>
     <w:rsid w:val="00692EE3"/>
     <w:rsid w:val="006B5270"/>
     <w:rsid w:val="006C7DFE"/>
     <w:rsid w:val="006D50C1"/>
     <w:rsid w:val="006D7F75"/>
     <w:rsid w:val="006F0219"/>
     <w:rsid w:val="00701516"/>
     <w:rsid w:val="00705BDB"/>
     <w:rsid w:val="0070700F"/>
     <w:rsid w:val="00715AE5"/>
     <w:rsid w:val="00723A04"/>
     <w:rsid w:val="00726FB8"/>
     <w:rsid w:val="007504E8"/>
     <w:rsid w:val="007529E6"/>
     <w:rsid w:val="00755879"/>
+    <w:rsid w:val="0076075C"/>
     <w:rsid w:val="007630B3"/>
     <w:rsid w:val="00767CD6"/>
     <w:rsid w:val="007727F9"/>
     <w:rsid w:val="00777EDF"/>
     <w:rsid w:val="0079439F"/>
     <w:rsid w:val="007C1B71"/>
     <w:rsid w:val="007C29DC"/>
     <w:rsid w:val="007E47D4"/>
     <w:rsid w:val="008015F3"/>
     <w:rsid w:val="00802C4B"/>
     <w:rsid w:val="00803F6A"/>
     <w:rsid w:val="0080559F"/>
     <w:rsid w:val="008076CD"/>
     <w:rsid w:val="008119A3"/>
     <w:rsid w:val="0081502A"/>
     <w:rsid w:val="00816859"/>
     <w:rsid w:val="008177C8"/>
     <w:rsid w:val="00831D37"/>
     <w:rsid w:val="00837B7A"/>
     <w:rsid w:val="0085574D"/>
     <w:rsid w:val="008567A6"/>
     <w:rsid w:val="00860780"/>
     <w:rsid w:val="00873AEB"/>
     <w:rsid w:val="008769C1"/>
     <w:rsid w:val="00880BBB"/>
     <w:rsid w:val="008823B4"/>
     <w:rsid w:val="00887242"/>
     <w:rsid w:val="00890BF9"/>
     <w:rsid w:val="00891F9C"/>
     <w:rsid w:val="008A2186"/>
     <w:rsid w:val="008D5E44"/>
     <w:rsid w:val="008E1F53"/>
     <w:rsid w:val="008E454F"/>
     <w:rsid w:val="008E74F5"/>
     <w:rsid w:val="008F3157"/>
     <w:rsid w:val="0090229D"/>
     <w:rsid w:val="00904BB6"/>
     <w:rsid w:val="00913805"/>
     <w:rsid w:val="00922DAE"/>
     <w:rsid w:val="00923097"/>
     <w:rsid w:val="00933FAB"/>
     <w:rsid w:val="00937A25"/>
     <w:rsid w:val="009400A9"/>
     <w:rsid w:val="00942C93"/>
     <w:rsid w:val="00951BAA"/>
+    <w:rsid w:val="009536FC"/>
     <w:rsid w:val="00957D8D"/>
     <w:rsid w:val="00962D4B"/>
     <w:rsid w:val="009640B2"/>
     <w:rsid w:val="00971E7F"/>
     <w:rsid w:val="009726BC"/>
     <w:rsid w:val="00973A75"/>
     <w:rsid w:val="00975D88"/>
     <w:rsid w:val="00982E4C"/>
     <w:rsid w:val="00986801"/>
     <w:rsid w:val="009A08CB"/>
     <w:rsid w:val="009B5DBE"/>
     <w:rsid w:val="009C2E8E"/>
     <w:rsid w:val="009C5685"/>
     <w:rsid w:val="009D06A5"/>
     <w:rsid w:val="009D56D3"/>
     <w:rsid w:val="009D621E"/>
     <w:rsid w:val="009E2861"/>
     <w:rsid w:val="009E2A83"/>
     <w:rsid w:val="009E5EC7"/>
     <w:rsid w:val="009E7301"/>
     <w:rsid w:val="009F0EB5"/>
     <w:rsid w:val="00A0689C"/>
     <w:rsid w:val="00A12688"/>
     <w:rsid w:val="00A249B5"/>
     <w:rsid w:val="00A37627"/>
@@ -16458,50 +12147,51 @@
     <w:rsid w:val="00DA26BC"/>
     <w:rsid w:val="00DA28DD"/>
     <w:rsid w:val="00DB52A3"/>
     <w:rsid w:val="00DB741B"/>
     <w:rsid w:val="00DC2604"/>
     <w:rsid w:val="00DC2BC1"/>
     <w:rsid w:val="00DC7460"/>
     <w:rsid w:val="00DD2CF4"/>
     <w:rsid w:val="00DE3AAB"/>
     <w:rsid w:val="00DE51FD"/>
     <w:rsid w:val="00DF0F62"/>
     <w:rsid w:val="00DF735D"/>
     <w:rsid w:val="00E00124"/>
     <w:rsid w:val="00E22197"/>
     <w:rsid w:val="00E259E6"/>
     <w:rsid w:val="00E2674E"/>
     <w:rsid w:val="00E366B6"/>
     <w:rsid w:val="00E57538"/>
     <w:rsid w:val="00E73630"/>
     <w:rsid w:val="00E773D1"/>
     <w:rsid w:val="00E867B3"/>
     <w:rsid w:val="00EA0D79"/>
     <w:rsid w:val="00EB1177"/>
     <w:rsid w:val="00EB4279"/>
     <w:rsid w:val="00EB64A0"/>
+    <w:rsid w:val="00EC415D"/>
     <w:rsid w:val="00ED30D8"/>
     <w:rsid w:val="00ED370E"/>
     <w:rsid w:val="00EE0CA6"/>
     <w:rsid w:val="00EE39AF"/>
     <w:rsid w:val="00EE4C94"/>
     <w:rsid w:val="00EF1AB2"/>
     <w:rsid w:val="00F06449"/>
     <w:rsid w:val="00F15453"/>
     <w:rsid w:val="00F25984"/>
     <w:rsid w:val="00F33C4A"/>
     <w:rsid w:val="00F34D22"/>
     <w:rsid w:val="00F374BF"/>
     <w:rsid w:val="00F44E5A"/>
     <w:rsid w:val="00F45111"/>
     <w:rsid w:val="00F45AB3"/>
     <w:rsid w:val="00F56B15"/>
     <w:rsid w:val="00F7114B"/>
     <w:rsid w:val="00F96F40"/>
     <w:rsid w:val="00FA30C7"/>
     <w:rsid w:val="00FB0617"/>
     <w:rsid w:val="00FC4889"/>
     <w:rsid w:val="00FD0197"/>
     <w:rsid w:val="00FD5E78"/>
     <w:rsid w:val="00FD7E38"/>
     <w:rsid w:val="00FF5BE3"/>
@@ -18719,108 +14409,108 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1887520676">
           <w:marLeft w:val="480"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e-mail@e-mail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.electacta.2016.08.148" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/J.CHEMPHYS.2023.112069" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/galym.1998.08.148" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0001-0003-2203-9099" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/xxxxx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beisembayev_as@enu.kz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000436-000" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iris.who.int/server/api/core/bitstreams/9c4655d8-3671-4503-ae51-4a80bb44d5e0/content" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/edu000094" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/galym.1998.08.148" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://irp-cdn.multiscreensite.com/a5ea5d51/files/uploaded/APA2019_Program_190708.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0001-0003-2203-9099" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apa.org/news/press/releases/2024/04/people-who-use-willpower" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000157-002" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/xxxxx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beisembayev_as@enu.kz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brookings.edu/wp-content/uploads/2019/04/how" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:e-mail@e-mail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A46B8E98F71C6643B0C010AB462B6691"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{22BFFC1D-9AFA-D545-AE68-601B894E27A8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="007666FE" w:rsidRDefault="00CE055D" w:rsidP="00CE055D">
           <w:pPr>
             <w:pStyle w:val="A46B8E98F71C6643B0C010AB462B6691"/>
           </w:pPr>
           <w:r w:rsidRPr="00925664">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
@@ -18847,56 +14537,59 @@
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B11A4A"/>
     <w:rsid w:val="0000321A"/>
     <w:rsid w:val="0008283A"/>
     <w:rsid w:val="00291BA8"/>
     <w:rsid w:val="0033637F"/>
     <w:rsid w:val="00351417"/>
     <w:rsid w:val="00480B40"/>
+    <w:rsid w:val="004946C9"/>
     <w:rsid w:val="004A761E"/>
     <w:rsid w:val="005A4B8E"/>
     <w:rsid w:val="006B5270"/>
     <w:rsid w:val="006C66C0"/>
+    <w:rsid w:val="0076075C"/>
     <w:rsid w:val="007666FE"/>
     <w:rsid w:val="00782B9F"/>
+    <w:rsid w:val="007850CF"/>
     <w:rsid w:val="007E4F5C"/>
     <w:rsid w:val="008840DF"/>
     <w:rsid w:val="00927F94"/>
     <w:rsid w:val="00AC1EF9"/>
     <w:rsid w:val="00B11A4A"/>
     <w:rsid w:val="00C43409"/>
     <w:rsid w:val="00CB629C"/>
     <w:rsid w:val="00CD4207"/>
     <w:rsid w:val="00CE055D"/>
     <w:rsid w:val="00D1385B"/>
     <w:rsid w:val="00D3273F"/>
     <w:rsid w:val="00D45874"/>
     <w:rsid w:val="00DA0D92"/>
     <w:rsid w:val="00E3083A"/>
     <w:rsid w:val="00EA0D79"/>
     <w:rsid w:val="00EE0CA6"/>
     <w:rsid w:val="00F15453"/>
     <w:rsid w:val="00F329D4"/>
     <w:rsid w:val="00FA30C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -19690,69 +15383,69 @@
   <we:snapshot xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </we:webextension>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{407EEB2F-5930-2B49-9F3A-534F4C524E3C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2219</Words>
-  <Characters>12652</Characters>
+  <Words>2441</Words>
+  <Characters>13915</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>105</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>115</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14842</CharactersWithSpaces>
+  <CharactersWithSpaces>16324</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Уәли Айтолқын Сайлаубекқызы</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>